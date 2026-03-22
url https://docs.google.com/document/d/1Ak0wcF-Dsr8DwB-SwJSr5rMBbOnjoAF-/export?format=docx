--- v0 (2025-12-07)
+++ v1 (2026-03-22)
@@ -370,71 +370,65 @@
                                   <w:jc w:val="left"/>
                                   <w:textDirection w:val="btLr"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvSpPr/>
                           <wps:cNvPr id="6" name="Shape 6"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="10558" y="398"/>
                               <a:ext cx="625" cy="288"/>
                             </a:xfrm>
                             <a:custGeom>
                               <a:rect b="b" l="l" r="r" t="t"/>
                               <a:pathLst>
                                 <a:path extrusionOk="0" h="120000" w="120000">
                                   <a:moveTo>
                                     <a:pt x="3456" y="60000"/>
                                   </a:moveTo>
-                                  <a:lnTo>
-[...1 lines deleted...]
-                                  </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="3456" y="37015"/>
                                     <a:pt x="19559" y="16703"/>
                                     <a:pt x="43196" y="9872"/>
                                   </a:cubicBezTo>
                                   <a:cubicBezTo>
                                     <a:pt x="66833" y="3041"/>
                                     <a:pt x="92508" y="11281"/>
                                     <a:pt x="106556" y="30206"/>
                                   </a:cubicBezTo>
                                   <a:lnTo>
                                     <a:pt x="106556" y="30206"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="113088" y="60000"/>
-                                  </a:lnTo>
-[...1 lines deleted...]
-                                    <a:pt x="90139" y="30206"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="90139" y="30206"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="90139" y="30206"/>
                                   </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="75138" y="21543"/>
                                     <a:pt x="54931" y="20061"/>
                                     <a:pt x="38006" y="26383"/>
                                   </a:cubicBezTo>
                                   <a:cubicBezTo>
                                     <a:pt x="21080" y="32705"/>
                                     <a:pt x="10368" y="45735"/>
                                     <a:pt x="10368" y="60000"/>
                                   </a:cubicBezTo>
                                   <a:close/>
                                 </a:path>
                               </a:pathLst>
                             </a:custGeom>
                             <a:noFill/>
                             <a:ln cap="flat" cmpd="sng" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
@@ -1634,71 +1628,65 @@
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>236538</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="406400" cy="192405"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="32" name=""/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:cNvPr id="76" name="Shape 76"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="5147563" y="3688560"/>
                           <a:ext cx="396875" cy="182880"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:rect b="b" l="l" r="r" t="t"/>
                           <a:pathLst>
                             <a:path extrusionOk="0" h="120000" w="120000">
                               <a:moveTo>
                                 <a:pt x="3456" y="60000"/>
                               </a:moveTo>
-                              <a:lnTo>
-[...1 lines deleted...]
-                              </a:lnTo>
                               <a:cubicBezTo>
                                 <a:pt x="3456" y="37015"/>
                                 <a:pt x="19559" y="16703"/>
                                 <a:pt x="43196" y="9872"/>
                               </a:cubicBezTo>
                               <a:cubicBezTo>
                                 <a:pt x="66833" y="3041"/>
                                 <a:pt x="92508" y="11281"/>
                                 <a:pt x="106556" y="30206"/>
                               </a:cubicBezTo>
                               <a:lnTo>
                                 <a:pt x="106556" y="30206"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="113088" y="60000"/>
-                              </a:lnTo>
-[...1 lines deleted...]
-                                <a:pt x="90139" y="30206"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="90139" y="30206"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="90139" y="30206"/>
                               </a:lnTo>
                               <a:cubicBezTo>
                                 <a:pt x="75138" y="21543"/>
                                 <a:pt x="54931" y="20061"/>
                                 <a:pt x="38006" y="26383"/>
                               </a:cubicBezTo>
                               <a:cubicBezTo>
                                 <a:pt x="21080" y="32705"/>
                                 <a:pt x="10368" y="45735"/>
                                 <a:pt x="10368" y="60000"/>
                               </a:cubicBezTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln cap="flat" cmpd="sng" w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
@@ -1785,71 +1773,65 @@
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>239078</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="406400" cy="192405"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name=""/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:cNvPr id="3" name="Shape 3"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="5147563" y="3688560"/>
                           <a:ext cx="396875" cy="182880"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:rect b="b" l="l" r="r" t="t"/>
                           <a:pathLst>
                             <a:path extrusionOk="0" h="120000" w="120000">
                               <a:moveTo>
                                 <a:pt x="3456" y="60000"/>
                               </a:moveTo>
-                              <a:lnTo>
-[...1 lines deleted...]
-                              </a:lnTo>
                               <a:cubicBezTo>
                                 <a:pt x="3456" y="37015"/>
                                 <a:pt x="19559" y="16703"/>
                                 <a:pt x="43196" y="9872"/>
                               </a:cubicBezTo>
                               <a:cubicBezTo>
                                 <a:pt x="66833" y="3041"/>
                                 <a:pt x="92508" y="11281"/>
                                 <a:pt x="106556" y="30206"/>
                               </a:cubicBezTo>
                               <a:lnTo>
                                 <a:pt x="106556" y="30206"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="113088" y="60000"/>
-                              </a:lnTo>
-[...1 lines deleted...]
-                                <a:pt x="90139" y="30206"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="90139" y="30206"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="90139" y="30206"/>
                               </a:lnTo>
                               <a:cubicBezTo>
                                 <a:pt x="75138" y="21543"/>
                                 <a:pt x="54931" y="20061"/>
                                 <a:pt x="38006" y="26383"/>
                               </a:cubicBezTo>
                               <a:cubicBezTo>
                                 <a:pt x="21080" y="32705"/>
                                 <a:pt x="10368" y="45735"/>
                                 <a:pt x="10368" y="60000"/>
                               </a:cubicBezTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln cap="flat" cmpd="sng" w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
@@ -2396,74 +2378,68 @@
                                   <w:jc w:val="left"/>
                                   <w:textDirection w:val="btLr"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvSpPr/>
                           <wps:cNvPr id="33" name="Shape 33"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="10876" y="271"/>
                               <a:ext cx="299" cy="626"/>
                             </a:xfrm>
                             <a:custGeom>
                               <a:rect b="b" l="l" r="r" t="t"/>
                               <a:pathLst>
                                 <a:path extrusionOk="0" h="120000" w="120000">
                                   <a:moveTo>
                                     <a:pt x="7500" y="60000"/>
                                   </a:moveTo>
-                                  <a:lnTo>
-[...1 lines deleted...]
-                                  </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="7500" y="30270"/>
                                     <a:pt x="28969" y="5642"/>
                                     <a:pt x="56575" y="3702"/>
                                   </a:cubicBezTo>
                                   <a:cubicBezTo>
                                     <a:pt x="84182" y="1763"/>
                                     <a:pt x="108451" y="23178"/>
                                     <a:pt x="112053" y="52655"/>
                                   </a:cubicBezTo>
                                   <a:lnTo>
                                     <a:pt x="119563" y="52655"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="105000" y="60000"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="89563" y="52655"/>
-                                  </a:lnTo>
-[...1 lines deleted...]
-                                    <a:pt x="97081" y="52655"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="97081" y="52655"/>
                                   </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="94154" y="27170"/>
                                     <a:pt x="76764" y="8958"/>
                                     <a:pt x="57196" y="10885"/>
                                   </a:cubicBezTo>
                                   <a:cubicBezTo>
                                     <a:pt x="37628" y="12812"/>
                                     <a:pt x="22500" y="34227"/>
                                     <a:pt x="22500" y="60000"/>
                                   </a:cubicBezTo>
                                   <a:close/>
                                 </a:path>
                               </a:pathLst>
                             </a:custGeom>
                             <a:noFill/>
                             <a:ln cap="flat" cmpd="sng" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                               <a:round/>
@@ -8609,53 +8585,50 @@
                                   <w:jc w:val="left"/>
                                   <w:textDirection w:val="btLr"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvSpPr/>
                           <wps:cNvPr id="89" name="Shape 89"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="11001" y="625"/>
                               <a:ext cx="288" cy="626"/>
                             </a:xfrm>
                             <a:custGeom>
                               <a:rect b="b" l="l" r="r" t="t"/>
                               <a:pathLst>
                                 <a:path extrusionOk="0" h="120000" w="120000">
                                   <a:moveTo>
                                     <a:pt x="7500" y="60000"/>
                                   </a:moveTo>
-                                  <a:lnTo>
-[...1 lines deleted...]
-                                  </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="7500" y="30146"/>
                                     <a:pt x="29045" y="5435"/>
                                     <a:pt x="56707" y="3562"/>
                                   </a:cubicBezTo>
                                   <a:cubicBezTo>
                                     <a:pt x="84368" y="1689"/>
                                     <a:pt x="108617" y="23300"/>
                                     <a:pt x="112087" y="52920"/>
                                   </a:cubicBezTo>
                                   <a:lnTo>
                                     <a:pt x="119598" y="52920"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="105000" y="60000"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="89598" y="52920"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="97117" y="52920"/>
                                   </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="94311" y="27143"/>
                                     <a:pt x="76939" y="8617"/>
@@ -9170,74 +9143,68 @@
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-773746</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="205740" cy="615315"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="8" name=""/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:cNvPr id="15" name="Shape 15"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="5247893" y="3477105"/>
                           <a:ext cx="196215" cy="605790"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:rect b="b" l="l" r="r" t="t"/>
                           <a:pathLst>
                             <a:path extrusionOk="0" h="120000" w="120000">
                               <a:moveTo>
                                 <a:pt x="7500" y="60000"/>
                               </a:moveTo>
-                              <a:lnTo>
-[...1 lines deleted...]
-                              </a:lnTo>
                               <a:cubicBezTo>
                                 <a:pt x="7500" y="29179"/>
                                 <a:pt x="29635" y="3826"/>
                                 <a:pt x="57714" y="2484"/>
                               </a:cubicBezTo>
                               <a:cubicBezTo>
                                 <a:pt x="85793" y="1142"/>
                                 <a:pt x="109856" y="24287"/>
                                 <a:pt x="112301" y="54991"/>
                               </a:cubicBezTo>
                               <a:lnTo>
                                 <a:pt x="119814" y="54991"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="105000" y="60000"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="89814" y="54991"/>
-                              </a:lnTo>
-[...1 lines deleted...]
-                                <a:pt x="97330" y="54991"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="97330" y="54991"/>
                               </a:lnTo>
                               <a:cubicBezTo>
                                 <a:pt x="95428" y="26981"/>
                                 <a:pt x="78211" y="6009"/>
                                 <a:pt x="58216" y="7347"/>
                               </a:cubicBezTo>
                               <a:cubicBezTo>
                                 <a:pt x="38222" y="8686"/>
                                 <a:pt x="22500" y="31863"/>
                                 <a:pt x="22500" y="60000"/>
                               </a:cubicBezTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
@@ -9408,71 +9375,65 @@
                                   <w:jc w:val="left"/>
                                   <w:textDirection w:val="btLr"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvSpPr/>
                           <wps:cNvPr id="17" name="Shape 17"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="859" y="70"/>
                               <a:ext cx="10632" cy="2434"/>
                             </a:xfrm>
                             <a:custGeom>
                               <a:rect b="b" l="l" r="r" t="t"/>
                               <a:pathLst>
                                 <a:path extrusionOk="0" h="120000" w="120000">
                                   <a:moveTo>
                                     <a:pt x="1717" y="60000"/>
                                   </a:moveTo>
-                                  <a:lnTo>
-[...1 lines deleted...]
-                                  </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="1717" y="39734"/>
                                     <a:pt x="14666" y="21278"/>
                                     <a:pt x="34988" y="12580"/>
                                   </a:cubicBezTo>
                                   <a:cubicBezTo>
                                     <a:pt x="55309" y="3883"/>
                                     <a:pt x="79373" y="6498"/>
                                     <a:pt x="96815" y="19299"/>
                                   </a:cubicBezTo>
                                   <a:lnTo>
                                     <a:pt x="96815" y="19299"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="116233" y="55122"/>
-                                  </a:lnTo>
-[...1 lines deleted...]
-                                    <a:pt x="59914" y="22500"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="59914" y="22500"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="59914" y="22500"/>
                                   </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="29655" y="22532"/>
                                     <a:pt x="5151" y="39312"/>
                                     <a:pt x="5151" y="60000"/>
                                   </a:cubicBezTo>
                                   <a:close/>
                                 </a:path>
                               </a:pathLst>
                             </a:custGeom>
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
@@ -9589,71 +9550,65 @@
                                   <w:jc w:val="left"/>
                                   <w:textDirection w:val="btLr"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvSpPr/>
                           <wps:cNvPr id="21" name="Shape 21"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="4662" y="1969"/>
                               <a:ext cx="5850" cy="363"/>
                             </a:xfrm>
                             <a:custGeom>
                               <a:rect b="b" l="l" r="r" t="t"/>
                               <a:pathLst>
                                 <a:path extrusionOk="0" h="120000" w="120000">
                                   <a:moveTo>
                                     <a:pt x="465" y="60000"/>
                                   </a:moveTo>
-                                  <a:lnTo>
-[...1 lines deleted...]
-                                  </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="465" y="43729"/>
                                     <a:pt x="9020" y="28378"/>
                                     <a:pt x="23627" y="18437"/>
                                   </a:cubicBezTo>
                                   <a:cubicBezTo>
                                     <a:pt x="38234" y="8497"/>
                                     <a:pt x="57243" y="5090"/>
                                     <a:pt x="75091" y="9215"/>
                                   </a:cubicBezTo>
                                   <a:lnTo>
                                     <a:pt x="75091" y="9215"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="98745" y="26033"/>
-                                  </a:lnTo>
-[...1 lines deleted...]
-                                    <a:pt x="59937" y="22500"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="59937" y="22500"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="59937" y="22500"/>
                                   </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="27595" y="22522"/>
                                     <a:pt x="1396" y="39305"/>
                                     <a:pt x="1396" y="60000"/>
                                   </a:cubicBezTo>
                                   <a:close/>
                                 </a:path>
                               </a:pathLst>
                             </a:custGeom>
                             <a:noFill/>
                             <a:ln cap="flat" cmpd="sng" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                               <a:round/>
                               <a:headEnd len="sm" w="sm" type="none"/>
                               <a:tailEnd len="sm" w="sm" type="none"/>
@@ -9737,71 +9692,65 @@
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>162878</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="741045" cy="192405"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name=""/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:cNvPr id="13" name="Shape 13"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="4980240" y="3688560"/>
                           <a:ext cx="731520" cy="182880"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:rect b="b" l="l" r="r" t="t"/>
                           <a:pathLst>
                             <a:path extrusionOk="0" h="120000" w="120000">
                               <a:moveTo>
                                 <a:pt x="1875" y="60000"/>
                               </a:moveTo>
-                              <a:lnTo>
-[...1 lines deleted...]
-                              </a:lnTo>
                               <a:cubicBezTo>
                                 <a:pt x="1875" y="39383"/>
                                 <a:pt x="15235" y="20675"/>
                                 <a:pt x="36029" y="12172"/>
                               </a:cubicBezTo>
                               <a:cubicBezTo>
                                 <a:pt x="56823" y="3670"/>
                                 <a:pt x="81203" y="6948"/>
                                 <a:pt x="98354" y="20552"/>
                               </a:cubicBezTo>
                               <a:lnTo>
                                 <a:pt x="98354" y="20552"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="116137" y="57153"/>
-                              </a:lnTo>
-[...1 lines deleted...]
-                                <a:pt x="59940" y="22500"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="59940" y="22500"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="59940" y="22500"/>
                               </a:lnTo>
                               <a:cubicBezTo>
                                 <a:pt x="29933" y="22523"/>
                                 <a:pt x="5625" y="39305"/>
                                 <a:pt x="5625" y="60000"/>
                               </a:cubicBezTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
@@ -10245,71 +10194,65 @@
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>187643</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="741045" cy="192405"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name=""/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:cNvPr id="14" name="Shape 14"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="4980240" y="3688560"/>
                           <a:ext cx="731520" cy="182880"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:rect b="b" l="l" r="r" t="t"/>
                           <a:pathLst>
                             <a:path extrusionOk="0" h="120000" w="120000">
                               <a:moveTo>
                                 <a:pt x="1875" y="60000"/>
                               </a:moveTo>
-                              <a:lnTo>
-[...1 lines deleted...]
-                              </a:lnTo>
                               <a:cubicBezTo>
                                 <a:pt x="1875" y="39383"/>
                                 <a:pt x="15235" y="20675"/>
                                 <a:pt x="36029" y="12172"/>
                               </a:cubicBezTo>
                               <a:cubicBezTo>
                                 <a:pt x="56823" y="3670"/>
                                 <a:pt x="81203" y="6948"/>
                                 <a:pt x="98354" y="20552"/>
                               </a:cubicBezTo>
                               <a:lnTo>
                                 <a:pt x="98354" y="20552"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="116137" y="57153"/>
-                              </a:lnTo>
-[...1 lines deleted...]
-                                <a:pt x="59940" y="22500"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="59940" y="22500"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="59940" y="22500"/>
                               </a:lnTo>
                               <a:cubicBezTo>
                                 <a:pt x="29933" y="22523"/>
                                 <a:pt x="5625" y="39305"/>
                                 <a:pt x="5625" y="60000"/>
                               </a:cubicBezTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
@@ -10753,71 +10696,65 @@
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>167958</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="741045" cy="192405"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name=""/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:cNvPr id="12" name="Shape 12"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="4980240" y="3688560"/>
                           <a:ext cx="731520" cy="182880"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:rect b="b" l="l" r="r" t="t"/>
                           <a:pathLst>
                             <a:path extrusionOk="0" h="120000" w="120000">
                               <a:moveTo>
                                 <a:pt x="1875" y="60000"/>
                               </a:moveTo>
-                              <a:lnTo>
-[...1 lines deleted...]
-                              </a:lnTo>
                               <a:cubicBezTo>
                                 <a:pt x="1875" y="39383"/>
                                 <a:pt x="15235" y="20675"/>
                                 <a:pt x="36029" y="12172"/>
                               </a:cubicBezTo>
                               <a:cubicBezTo>
                                 <a:pt x="56823" y="3670"/>
                                 <a:pt x="81203" y="6948"/>
                                 <a:pt x="98354" y="20552"/>
                               </a:cubicBezTo>
                               <a:lnTo>
                                 <a:pt x="98354" y="20552"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="116137" y="57153"/>
-                              </a:lnTo>
-[...1 lines deleted...]
-                                <a:pt x="59940" y="22500"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="59940" y="22500"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="59940" y="22500"/>
                               </a:lnTo>
                               <a:cubicBezTo>
                                 <a:pt x="29933" y="22523"/>
                                 <a:pt x="5625" y="39305"/>
                                 <a:pt x="5625" y="60000"/>
                               </a:cubicBezTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
@@ -12611,71 +12548,65 @@
                                   <w:jc w:val="left"/>
                                   <w:textDirection w:val="btLr"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvSpPr/>
                           <wps:cNvPr id="48" name="Shape 48"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="859" y="62"/>
                               <a:ext cx="10632" cy="2367"/>
                             </a:xfrm>
                             <a:custGeom>
                               <a:rect b="b" l="l" r="r" t="t"/>
                               <a:pathLst>
                                 <a:path extrusionOk="0" h="120000" w="120000">
                                   <a:moveTo>
                                     <a:pt x="1670" y="60000"/>
                                   </a:moveTo>
-                                  <a:lnTo>
-[...1 lines deleted...]
-                                  </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="1670" y="39843"/>
                                     <a:pt x="14492" y="21466"/>
                                     <a:pt x="34665" y="12711"/>
                                   </a:cubicBezTo>
                                   <a:cubicBezTo>
                                     <a:pt x="54837" y="3956"/>
                                     <a:pt x="78798" y="6369"/>
                                     <a:pt x="96322" y="18920"/>
                                   </a:cubicBezTo>
                                   <a:lnTo>
                                     <a:pt x="96322" y="18920"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="116231" y="54472"/>
-                                  </a:lnTo>
-[...1 lines deleted...]
-                                    <a:pt x="59908" y="22500"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="59908" y="22500"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="59908" y="22500"/>
                                   </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="29573" y="22535"/>
                                     <a:pt x="5009" y="39314"/>
                                     <a:pt x="5009" y="60000"/>
                                   </a:cubicBezTo>
                                   <a:close/>
                                 </a:path>
                               </a:pathLst>
                             </a:custGeom>
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
@@ -12686,71 +12617,65 @@
                                   <w:jc w:val="left"/>
                                   <w:textDirection w:val="btLr"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvSpPr/>
                           <wps:cNvPr id="49" name="Shape 49"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="1911" y="238"/>
                               <a:ext cx="5433" cy="1671"/>
                             </a:xfrm>
                             <a:custGeom>
                               <a:rect b="b" l="l" r="r" t="t"/>
                               <a:pathLst>
                                 <a:path extrusionOk="0" h="120000" w="120000">
                                   <a:moveTo>
                                     <a:pt x="2307" y="60000"/>
                                   </a:moveTo>
-                                  <a:lnTo>
-[...1 lines deleted...]
-                                  </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="2307" y="38593"/>
                                     <a:pt x="16589" y="19330"/>
                                     <a:pt x="38403" y="11317"/>
                                   </a:cubicBezTo>
                                   <a:cubicBezTo>
                                     <a:pt x="60217" y="3304"/>
                                     <a:pt x="85193" y="8145"/>
                                     <a:pt x="101525" y="23553"/>
                                   </a:cubicBezTo>
                                   <a:lnTo>
                                     <a:pt x="101525" y="23553"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="115387" y="60000"/>
-                                  </a:lnTo>
-[...1 lines deleted...]
-                                    <a:pt x="72488" y="23553"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="72488" y="23553"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="72488" y="23553"/>
                                   </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="56670" y="20847"/>
                                     <a:pt x="39969" y="23419"/>
                                     <a:pt x="27178" y="30529"/>
                                   </a:cubicBezTo>
                                   <a:cubicBezTo>
                                     <a:pt x="14387" y="37639"/>
                                     <a:pt x="6920" y="48502"/>
                                     <a:pt x="6920" y="60000"/>
                                   </a:cubicBezTo>
                                   <a:close/>
                                 </a:path>
                               </a:pathLst>
                             </a:custGeom>
                             <a:noFill/>
                             <a:ln cap="flat" cmpd="sng" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
@@ -12804,53 +12729,50 @@
                                   <w:jc w:val="left"/>
                                   <w:textDirection w:val="btLr"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvSpPr/>
                           <wps:cNvPr id="51" name="Shape 51"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="6786" y="268"/>
                               <a:ext cx="288" cy="606"/>
                             </a:xfrm>
                             <a:custGeom>
                               <a:rect b="b" l="l" r="r" t="t"/>
                               <a:pathLst>
                                 <a:path extrusionOk="0" h="120000" w="120000">
                                   <a:moveTo>
                                     <a:pt x="7500" y="60000"/>
                                   </a:moveTo>
-                                  <a:lnTo>
-[...1 lines deleted...]
-                                  </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="7500" y="30253"/>
                                     <a:pt x="28979" y="5614"/>
                                     <a:pt x="56593" y="3683"/>
                                   </a:cubicBezTo>
                                   <a:cubicBezTo>
                                     <a:pt x="84207" y="1753"/>
                                     <a:pt x="108474" y="23195"/>
                                     <a:pt x="112058" y="52691"/>
                                   </a:cubicBezTo>
                                   <a:lnTo>
                                     <a:pt x="119568" y="52691"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="105000" y="60000"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="89568" y="52691"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="97086" y="52691"/>
                                   </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="94176" y="27166"/>
                                     <a:pt x="76788" y="8911"/>
@@ -12919,74 +12841,68 @@
                                   <w:jc w:val="left"/>
                                   <w:textDirection w:val="btLr"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvSpPr/>
                           <wps:cNvPr id="53" name="Shape 53"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="8982" y="272"/>
                               <a:ext cx="294" cy="606"/>
                             </a:xfrm>
                             <a:custGeom>
                               <a:rect b="b" l="l" r="r" t="t"/>
                               <a:pathLst>
                                 <a:path extrusionOk="0" h="120000" w="120000">
                                   <a:moveTo>
                                     <a:pt x="7500" y="60000"/>
                                   </a:moveTo>
-                                  <a:lnTo>
-[...1 lines deleted...]
-                                  </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="7500" y="30323"/>
                                     <a:pt x="28936" y="5730"/>
                                     <a:pt x="56519" y="3763"/>
                                   </a:cubicBezTo>
                                   <a:cubicBezTo>
                                     <a:pt x="84102" y="1795"/>
                                     <a:pt x="108380" y="23126"/>
                                     <a:pt x="112038" y="52542"/>
                                   </a:cubicBezTo>
                                   <a:lnTo>
                                     <a:pt x="119548" y="52542"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="105000" y="60000"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="89548" y="52542"/>
-                                  </a:lnTo>
-[...1 lines deleted...]
-                                    <a:pt x="97065" y="52542"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="97065" y="52542"/>
                                   </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="94086" y="27182"/>
                                     <a:pt x="76688" y="9104"/>
                                     <a:pt x="57143" y="11059"/>
                                   </a:cubicBezTo>
                                   <a:cubicBezTo>
                                     <a:pt x="37597" y="13013"/>
                                     <a:pt x="22500" y="34342"/>
                                     <a:pt x="22500" y="60000"/>
                                   </a:cubicBezTo>
                                   <a:close/>
                                 </a:path>
                               </a:pathLst>
                             </a:custGeom>
                             <a:noFill/>
                             <a:ln cap="flat" cmpd="sng" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                               <a:round/>
@@ -13776,71 +13692,65 @@
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>181293</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="741045" cy="192405"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="23" name=""/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:cNvPr id="56" name="Shape 56"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="4980240" y="3688560"/>
                           <a:ext cx="731520" cy="182880"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:rect b="b" l="l" r="r" t="t"/>
                           <a:pathLst>
                             <a:path extrusionOk="0" h="120000" w="120000">
                               <a:moveTo>
                                 <a:pt x="1875" y="60000"/>
                               </a:moveTo>
-                              <a:lnTo>
-[...1 lines deleted...]
-                              </a:lnTo>
                               <a:cubicBezTo>
                                 <a:pt x="1875" y="39383"/>
                                 <a:pt x="15235" y="20675"/>
                                 <a:pt x="36029" y="12172"/>
                               </a:cubicBezTo>
                               <a:cubicBezTo>
                                 <a:pt x="56823" y="3670"/>
                                 <a:pt x="81203" y="6948"/>
                                 <a:pt x="98354" y="20552"/>
                               </a:cubicBezTo>
                               <a:lnTo>
                                 <a:pt x="98354" y="20552"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="116137" y="57153"/>
-                              </a:lnTo>
-[...1 lines deleted...]
-                                <a:pt x="59940" y="22500"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="59940" y="22500"/>
                               </a:lnTo>
                               <a:lnTo>
                                 <a:pt x="59940" y="22500"/>
                               </a:lnTo>
                               <a:cubicBezTo>
                                 <a:pt x="29933" y="22523"/>
                                 <a:pt x="5625" y="39305"/>
                                 <a:pt x="5625" y="60000"/>
                               </a:cubicBezTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
@@ -23405,71 +23315,65 @@
                                   <w:jc w:val="left"/>
                                   <w:textDirection w:val="btLr"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvSpPr/>
                           <wps:cNvPr id="61" name="Shape 61"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="10724" cy="1445"/>
                             </a:xfrm>
                             <a:custGeom>
                               <a:rect b="b" l="l" r="r" t="t"/>
                               <a:pathLst>
                                 <a:path extrusionOk="0" h="120000" w="120000">
                                   <a:moveTo>
                                     <a:pt x="1011" y="60000"/>
                                   </a:moveTo>
-                                  <a:lnTo>
-[...1 lines deleted...]
-                                  </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="1011" y="41635"/>
                                     <a:pt x="11793" y="24605"/>
                                     <a:pt x="29444" y="15092"/>
                                   </a:cubicBezTo>
                                   <a:cubicBezTo>
                                     <a:pt x="47095" y="5579"/>
                                     <a:pt x="69048" y="4967"/>
                                     <a:pt x="87334" y="13476"/>
                                   </a:cubicBezTo>
                                   <a:lnTo>
                                     <a:pt x="87334" y="13476"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="113386" y="42447"/>
-                                  </a:lnTo>
-[...1 lines deleted...]
-                                    <a:pt x="59888" y="22500"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="59888" y="22500"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="59888" y="22500"/>
                                   </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="28469" y="22541"/>
                                     <a:pt x="3032" y="39318"/>
                                     <a:pt x="3032" y="60000"/>
                                   </a:cubicBezTo>
                                   <a:close/>
                                 </a:path>
                               </a:pathLst>
                             </a:custGeom>
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
@@ -23480,71 +23384,65 @@
                                   <w:jc w:val="left"/>
                                   <w:textDirection w:val="btLr"/>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                         <wps:wsp>
                           <wps:cNvSpPr/>
                           <wps:cNvPr id="62" name="Shape 62"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="2753" y="29"/>
                               <a:ext cx="7919" cy="1768"/>
                             </a:xfrm>
                             <a:custGeom>
                               <a:rect b="b" l="l" r="r" t="t"/>
                               <a:pathLst>
                                 <a:path extrusionOk="0" h="120000" w="120000">
                                   <a:moveTo>
                                     <a:pt x="1674" y="60000"/>
                                   </a:moveTo>
-                                  <a:lnTo>
-[...1 lines deleted...]
-                                  </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="1674" y="39832"/>
                                     <a:pt x="14509" y="21447"/>
                                     <a:pt x="34697" y="12698"/>
                                   </a:cubicBezTo>
                                   <a:cubicBezTo>
                                     <a:pt x="54885" y="3948"/>
                                     <a:pt x="78856" y="6382"/>
                                     <a:pt x="96372" y="18958"/>
                                   </a:cubicBezTo>
                                   <a:lnTo>
                                     <a:pt x="96372" y="18958"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="116232" y="54538"/>
-                                  </a:lnTo>
-[...1 lines deleted...]
-                                    <a:pt x="59909" y="22500"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="59909" y="22500"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="59909" y="22500"/>
                                   </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="29582" y="22534"/>
                                     <a:pt x="5023" y="39314"/>
                                     <a:pt x="5023" y="60000"/>
                                   </a:cubicBezTo>
                                   <a:close/>
                                 </a:path>
                               </a:pathLst>
                             </a:custGeom>
                             <a:noFill/>
                             <a:ln cap="flat" cmpd="sng" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:prstDash val="solid"/>
                               <a:round/>
                               <a:headEnd len="sm" w="sm" type="none"/>
                               <a:tailEnd len="sm" w="sm" type="none"/>