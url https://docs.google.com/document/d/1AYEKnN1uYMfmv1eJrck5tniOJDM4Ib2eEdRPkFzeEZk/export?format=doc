--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
@@ -86,98 +87,101 @@
           <w:tcPr>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="570"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Activity Guide - Card Sorting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
@@ -475,50 +479,51 @@
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Rules</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>228600</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>190500</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="6021586" cy="1376363"/>
@@ -2440,171 +2445,175 @@
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_sbejenpt6ak9" w:id="7"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Processing Uses Algorithms</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Processing is anything a computer does to turn input information into output information. Humans can process information, but usually they’re making lots of assumptions or mental leaps to do it. When computers process information, they use </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">algorithms</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, or sets of instructions, that will always turn an input into a desired output. The steps you just created are an algorithm to sort cards.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="7665a0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Reflection</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="160" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="696969"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="696969"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="696969"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="696969"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">What step of the problem-solving process did you think was most important in this activity? ___</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Gloria Hallelujah" w:cs="Gloria Hallelujah" w:eastAsia="Gloria Hallelujah" w:hAnsi="Gloria Hallelujah"/>
           <w:color w:val="696969"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">prepare</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="696969"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="160" w:before="200" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="696969"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="696969"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Why</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="696969"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
@@ -2647,50 +2656,51 @@
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Why would someone create an algorithm to process information if they already know how they would do it by hand?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Gloria Hallelujah" w:cs="Gloria Hallelujah" w:eastAsia="Gloria Hallelujah" w:hAnsi="Gloria Hallelujah"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Gloria Hallelujah" w:cs="Gloria Hallelujah" w:eastAsia="Gloria Hallelujah" w:hAnsi="Gloria Hallelujah"/>
@@ -2858,55 +2868,57 @@
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:jc w:val="right"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Unit 1 Lesson 6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -3217,50 +3229,51 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5d6770"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="252.00000000000003" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -3269,85 +3282,88 @@
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:before="460" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="7665a0"/>
       <w:sz w:val="38"/>
       <w:szCs w:val="38"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="7665a0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="ffa400"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
@@ -3357,84 +3373,86 @@
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:sz w:val="42"/>
       <w:szCs w:val="42"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="200" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>