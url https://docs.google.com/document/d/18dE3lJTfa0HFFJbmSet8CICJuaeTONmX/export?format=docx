--- v0 (2025-11-07)
+++ v1 (2026-01-15)
@@ -1,2061 +1,1969 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...21 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/x-font-ttf" Extension="ttf"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
+  <Override ContentType="application/xml" PartName="/customXML/item1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXML/itemProps1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a7"/>
-[...2 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblStyle w:val="Table1"/>
+        <w:tblW w:w="5182.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="5132.0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5182"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="5182"/>
+          </w:tblGrid>
+        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr w:rsidR="00F663F3" w:rsidTr="00F663F3">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5182" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F663F3" w:rsidRDefault="00530A33" w:rsidP="00F663F3">
-[...9 lines deleted...]
-              <w:t>Индивидуальному предпринимателю</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Индивидуальному предпринимателю</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F663F3" w:rsidTr="00F663F3">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5182" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F663F3" w:rsidRDefault="00530A33">
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> Михайловне</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Карпинович Марие Михайловне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F663F3" w:rsidTr="00465963">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5182" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F663F3" w:rsidRDefault="00F663F3">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F663F3" w:rsidTr="00465963">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="342"/>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="342" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5182" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F663F3" w:rsidRPr="00530A33" w:rsidRDefault="00465963">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00465963">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>(Ф.И.О. Заявителя)</w:t>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Ф.И.О. Заявителя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F663F3" w:rsidTr="00465963">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5182" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F663F3" w:rsidRDefault="00465963">
-[...9 lines deleted...]
-              <w:t>Номер паспорта:</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Номер паспорта:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F663F3" w:rsidTr="00465963">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5182" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F663F3" w:rsidRDefault="00F663F3">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F663F3" w:rsidTr="00465963">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5182" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
-[...1 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F663F3" w:rsidRDefault="00465963">
-[...9 lines deleted...]
-              <w:t>Личный номер:</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Личный номер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F663F3" w:rsidTr="00465963">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5182" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F663F3" w:rsidRDefault="00F663F3">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F663F3" w:rsidTr="00465963">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5182" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
-[...1 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F663F3" w:rsidRDefault="00465963">
-[...9 lines deleted...]
-              <w:t>Орган, выдавший паспорт:</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Орган, выдавший паспорт:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F663F3" w:rsidTr="003F4EBB">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5182" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F663F3" w:rsidRDefault="00F663F3">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00465963" w:rsidTr="003F4EBB">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5182" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00465963" w:rsidRDefault="003F4EBB">
-[...9 lines deleted...]
-              <w:t>Дата выдачи:</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дата выдачи:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F4EBB" w:rsidTr="003F4EBB">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5182" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F4EBB" w:rsidRDefault="003F4EBB">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F4EBB" w:rsidTr="003F4EBB">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5182" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F4EBB" w:rsidRDefault="003F4EBB">
-[...9 lines deleted...]
-              <w:t>Место регистрации:</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Место регистрации:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F4EBB" w:rsidTr="003F4EBB">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5182" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F4EBB" w:rsidRDefault="003F4EBB">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F4EBB" w:rsidTr="003F4EBB">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5182" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F4EBB" w:rsidRDefault="003F4EBB">
-[...9 lines deleted...]
-              <w:t>Телефон:</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Телефон:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F4EBB" w:rsidTr="003F4EBB">
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5182" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...1 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F4EBB" w:rsidRDefault="003F4EBB">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009B7729" w:rsidRPr="00FF1F59" w:rsidRDefault="009B7729">
-[...21 lines deleted...]
-        <w:t>ЗАЯВЛЕНИЕ</w:t>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E22A18" w:rsidRPr="000B3E54" w:rsidRDefault="003F4EBB" w:rsidP="000B3E54">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗАЯВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...57 lines deleted...]
-        <w:t>_________ в связи с (указать причину возврата) ___________.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прошу возвратить мне денежные средства в сумме ___ BYN, уплаченные за (указать название и дату мероприятия)__________ в связи с (указать причину возврата) ___________.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E22A18" w:rsidRDefault="00E22A18" w:rsidP="00E22A18">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:t>Сообщаю реквизиты, необходимые для возврата денежных средств:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сообщаю реквизиты, необходимые для возврата денежных средств:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E22A18" w:rsidRDefault="00E22A18" w:rsidP="00E22A18">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a7"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblStyle w:val="Table2"/>
+        <w:tblW w:w="10422.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="-108.0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5211"/>
         <w:gridCol w:w="5211"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="5211"/>
+            <w:gridCol w:w="5211"/>
+          </w:tblGrid>
+        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr w:rsidR="00E22A18" w:rsidTr="00E22A18">
-[...45 lines deleted...]
-            </w:pPr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Номер карт-счета (IBAN 28 символов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E22A18" w:rsidTr="00E22A18">
-[...34 lines deleted...]
-            </w:pPr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ФИО владельца карт-счета (полностью)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E22A18" w:rsidTr="00E22A18">
-[...40 lines deleted...]
-            </w:pPr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование банка карточки</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E22A18" w:rsidTr="00E22A18">
-[...34 lines deleted...]
-            </w:pPr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">УНП банка карточки</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E22A18" w:rsidTr="00E22A18">
-[...27 lines deleted...]
-            </w:pPr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Код банка карточки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E22A18" w:rsidRPr="00E22A18" w:rsidRDefault="00E22A18" w:rsidP="00E22A18">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00D6566F" w:rsidRPr="00D6566F" w:rsidRDefault="00D6566F" w:rsidP="00D6566F">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Настоящим Заявитель подтверждает, что уведомлен и согласен с тем, что: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D6566F" w:rsidRPr="00D6566F" w:rsidRDefault="00D6566F" w:rsidP="00D6566F">
-[...1 lines deleted...]
-        <w:pStyle w:val="a8"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">возврат денежных средств на карт-счет заявителя будет произведен в течение </w:t>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1287" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">возврат денежных средств на карт-счет заявителя будет произведен в течение 7 (семи) календарных дней с момента получения ИП Карпинович заявления в электронном виде на почту padarojniki@gmail.</w:t>
       </w:r>
-      <w:r w:rsidR="000B3E54">
-[...3 lines deleted...]
-        <w:t>7</w:t>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">com</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D6566F">
-[...80 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D6566F" w:rsidRPr="00737758" w:rsidRDefault="00D6566F" w:rsidP="00D6566F">
-[...1 lines deleted...]
-        <w:pStyle w:val="a8"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...48 lines deleted...]
-        <w:t>), также за вычетом всех иных расходов Оператора по его возврату Заявителю.</w:t>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1287" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">возврат денежных средств на карт-счет будет произведен в том объеме, в котором он поступил на расчетный счет ИП Карпинович (т.е. за вычетом комиссии за перевод ошибочного платежа на расчетный счет ИП Карпинович), также за вычетом всех иных расходов Оператора по его возврату Заявителю.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D6566F" w:rsidRDefault="00D6566F" w:rsidP="00D6566F">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-        <w:t>______________________                          ______________________                          ______________________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D6566F" w:rsidRPr="00D6566F" w:rsidRDefault="00D6566F" w:rsidP="00D6566F">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________                          ______________________                          ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="47F91D41">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  (дата)                                                                               (подпись)                                                           (Ф.И.О. Заявителя) </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00D6566F" w:rsidRPr="00D6566F" w:rsidSect="00A23C14">
-[...9 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:sectPr>
+      <w:headerReference r:id="rId7" w:type="default"/>
+      <w:headerReference r:id="rId8" w:type="first"/>
+      <w:headerReference r:id="rId9" w:type="even"/>
+      <w:footerReference r:id="rId10" w:type="default"/>
+      <w:footerReference r:id="rId11" w:type="first"/>
+      <w:footerReference r:id="rId12" w:type="even"/>
+      <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
+      <w:pgMar w:bottom="567" w:top="1134" w:left="737" w:right="737" w:header="709" w:footer="709"/>
+      <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...30 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-[...47 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:font w:name="Calibri"/>
+  <w:font w:name="Georgia"/>
+  <w:font w:name="Arial"/>
+  <w:font w:name="Times New Roman"/>
+  <w:font w:name="Courier New"/>
+  <w:font w:name="Noto Sans Symbols">
+    <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
+    <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId2" w:subsetted="0"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w:rsidR="00077F9A" w:rsidRDefault="00077F9A">
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="1"/>
+      <w:pBdr>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
+      </w:pBdr>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4677"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w:rsidR="00E8061F" w:rsidRPr="00CE01FF" w:rsidRDefault="00E8061F" w:rsidP="00CE01FF">
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="1"/>
+      <w:pBdr>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
+      </w:pBdr>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4677"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+    <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.gjdgxs" w:id="0"/>
     <w:bookmarkEnd w:id="0"/>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w:rsidR="00077F9A" w:rsidRDefault="00077F9A">
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="1"/>
+      <w:pBdr>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
+      </w:pBdr>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4677"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...30 lines deleted...]
-
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w:rsidR="00077F9A" w:rsidRDefault="00077F9A">
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="1"/>
+      <w:pBdr>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
+      </w:pBdr>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4677"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w:rsidR="00077F9A" w:rsidRDefault="00077F9A">
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="1"/>
+      <w:pBdr>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
+      </w:pBdr>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4677"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w:rsidR="00077F9A" w:rsidRDefault="00077F9A">
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="1"/>
+      <w:pBdr>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
+      </w:pBdr>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4677"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="10000001">
+<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:abstractNum w:abstractNumId="1">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1287" w:hanging="360"/>
+        <w:ind w:left="1287" w:hanging="360.0000000000001"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10000003" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10000005" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10000001" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10000003" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10000005" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10000001" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10000003" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10000005" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-[...16 lines deleted...]
-  </w:endnotePr>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
+  <w:defaultTabStop w:val="720"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
-  <w:rsids>
-[...71 lines deleted...]
-  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...7 lines deleted...]
-  <w15:docId w15:val="{B6FD19B2-6DB0-48D2-A76C-1BE84DD1A3A3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...377 lines deleted...]
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+    <w:name w:val="normal"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="72"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a" w:default="1">
     <w:name w:val="Normal"/>
-    <w:qFormat/>
+    <w:qFormat w:val="1"/>
     <w:rsid w:val="00314C52"/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:styleId="a0" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
-[...2 lines deleted...]
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="a1" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:unhideWhenUsed/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblInd w:w="0.0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108" w:type="dxa"/>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:styleId="a2" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:unhideWhenUsed/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
+    <w:unhideWhenUsed w:val="1"/>
     <w:rsid w:val="00E8061F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:styleId="a4" w:customStyle="1">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E8061F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
+    <w:unhideWhenUsed w:val="1"/>
     <w:rsid w:val="00E8061F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:styleId="a6" w:customStyle="1">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E8061F"/>
   </w:style>
   <w:style w:type="table" w:styleId="a7">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00F663F3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:left w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:bottom w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:right w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:insideH w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:insideV w:color="auto" w:space="0" w:sz="4" w:val="single"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
-    <w:qFormat/>
+    <w:qFormat w:val="1"/>
     <w:rsid w:val="00D6566F"/>
     <w:pPr>
       <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:contextualSpacing w:val="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
+    <w:unhideWhenUsed w:val="1"/>
     <w:rsid w:val="00116BF5"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="0563c1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+  <w:style w:type="character" w:styleId="1" w:customStyle="1">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:unhideWhenUsed/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
     <w:rsid w:val="00116BF5"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:color w:val="605e5c"/>
+      <w:shd w:color="auto" w:fill="e1dfdd" w:val="clear"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:unhideWhenUsed/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
     <w:rsid w:val="00530A33"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+  <w:style w:type="character" w:styleId="ab" w:customStyle="1">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
+    <w:semiHidden w:val="1"/>
     <w:rsid w:val="00530A33"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
+      <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table2">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</w:webSettings>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-bold.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2309,459 +2217,58 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7miZw8vmLW8WtyEYfo809yulrVQ4kA==">CgMxLjAyCGguZ2pkZ3hzOAByITE4ZEUzbEpUZmEwSEZGSmJtU2V0OENJQ0p1YWVUT05tWA==</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...335 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6CCE017-05D5-4DEE-90B9-091B042A5D47}">
+<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="0943df6e-2763-4762-9931-8743c156912c"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...61 lines deleted...]
-
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Инна Гурская</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-[...2 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100AAD48E882F3840438D174F674505A8B7</vt:lpwstr>
   </property>
 </Properties>
 </file>