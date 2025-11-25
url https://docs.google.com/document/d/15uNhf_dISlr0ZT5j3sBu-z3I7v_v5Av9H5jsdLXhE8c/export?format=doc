--- v0 (2025-10-05)
+++ v1 (2025-11-25)
@@ -1,249 +1,254 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="6750" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="249" w:line="304" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="231f20"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="231f20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Which way should the Flurb step to get to the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:color w:val="231f20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">fruit</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="231f20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5315776</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>2301990</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="427925" cy="538162"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="6" name="image10.png"/>
+            <wp:docPr id="6" name="image5.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image10.png"/>
+                    <pic:cNvPr id="0" name="image5.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="427925" cy="538162"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>619125</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>571500</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3542277" cy="2424113"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr id="29" name="image32.jpg"/>
+            <wp:docPr id="29" name="image30.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image32.jpg"/>
+                    <pic:cNvPr id="0" name="image30.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3542277" cy="2424113"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5194863</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>735244</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="628322" cy="1438275"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="31" name="image2.png"/>
+            <wp:docPr id="31" name="image29.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image2.png"/>
+                    <pic:cNvPr id="0" name="image29.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="628322" cy="1438275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
@@ -356,121 +361,124 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="96" w:line="304" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="231f20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:color w:val="231f20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="231f20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Which way should the Flurb step to get to the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:color w:val="231f20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">fruit</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="231f20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>657225</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>504825</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3638864" cy="2428875"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr id="17" name="image9.jpg"/>
+            <wp:docPr id="17" name="image2.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image9.jpg"/>
+                    <pic:cNvPr id="0" name="image2.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3638864" cy="2428875"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
@@ -491,98 +499,98 @@
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:color w:val="231f20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5214938</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1695450</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="427925" cy="538162"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="30" name="image10.png"/>
+            <wp:docPr id="30" name="image5.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image10.png"/>
+                    <pic:cNvPr id="0" name="image5.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="427925" cy="538162"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5114925</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>142875</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="628322" cy="1438275"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="13" name="image2.png"/>
+            <wp:docPr id="13" name="image29.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image2.png"/>
+                    <pic:cNvPr id="0" name="image29.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="628322" cy="1438275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
@@ -741,833 +749,850 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="236" w:line="304" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:color w:val="231f20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="231f20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Which two ways should the Flurb step to get to the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:color w:val="231f20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">fruit</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="231f20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>666750</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>600075</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3368325" cy="2281238"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr id="11" name="image17.jpg"/>
+            <wp:docPr id="11" name="image4.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image17.jpg"/>
+                    <pic:cNvPr id="0" name="image4.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3368325" cy="2281238"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4707340</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>726989</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="628334" cy="1438275"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="4" name="image14.png"/>
+            <wp:docPr id="4" name="image3.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image14.png"/>
+                    <pic:cNvPr id="0" name="image3.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="628334" cy="1438275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5874066</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>726989</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="628334" cy="1438275"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="21" name="image20.png"/>
+            <wp:docPr id="21" name="image19.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image20.png"/>
+                    <pic:cNvPr id="0" name="image19.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="628334" cy="1438275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4828265</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>2293735</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="432678" cy="538162"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="28" name="image23.png"/>
+            <wp:docPr id="28" name="image25.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image23.png"/>
+                    <pic:cNvPr id="0" name="image25.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="432678" cy="538162"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5994991</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>2293735</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="432678" cy="538162"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="2" name="image1.png"/>
+            <wp:docPr id="2" name="image27.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPr id="0" name="image27.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="432678" cy="538162"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="4" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="96" w:line="304" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="231f20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Which two ways should the Flurb step to get to the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:color w:val="231f20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">fruit</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="231f20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>723900</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>523875</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3371850" cy="2308357"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr id="25" name="image22.jpg"/>
+            <wp:docPr id="25" name="image14.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image22.jpg"/>
+                    <pic:cNvPr id="0" name="image14.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3371850" cy="2308357"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4707340</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>638083</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="628334" cy="1438275"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="34" name="image33.png"/>
+            <wp:docPr id="34" name="image21.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image33.png"/>
+                    <pic:cNvPr id="0" name="image21.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="628334" cy="1438275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5874066</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>638083</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="628334" cy="1438275"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="24" name="image12.png"/>
+            <wp:docPr id="24" name="image24.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image12.png"/>
+                    <pic:cNvPr id="0" name="image24.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="628334" cy="1438275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4828265</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>2204823</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="432678" cy="538162"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="1" name="image3.png"/>
+            <wp:docPr id="1" name="image8.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image3.png"/>
+                    <pic:cNvPr id="0" name="image8.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="432678" cy="538162"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5994991</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>2204823</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="432678" cy="538162"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="37" name="image24.png"/>
+            <wp:docPr id="37" name="image34.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image24.png"/>
+                    <pic:cNvPr id="0" name="image34.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="432678" cy="538162"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -1636,556 +1661,560 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="236" w:line="304" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:color w:val="231f20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="231f20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">What should the Flurb do to get to the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:color w:val="231f20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">fruit</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="231f20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>738800</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>647700</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3309325" cy="2305050"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr id="23" name="image28.jpg"/>
+            <wp:docPr id="23" name="image16.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image28.jpg"/>
+                    <pic:cNvPr id="0" name="image16.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3309325" cy="2305050"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="6" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="8805"/>
           <w:tab w:val="left" w:leader="none" w:pos="10353"/>
         </w:tabs>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5557838</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1028700</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="389092" cy="542925"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="12" name="image34.png"/>
+            <wp:docPr id="12" name="image28.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image34.png"/>
+                    <pic:cNvPr id="0" name="image28.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="389092" cy="542925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4619625</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1666875</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="430497" cy="538162"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="16" name="image6.png"/>
+            <wp:docPr id="16" name="image11.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image6.png"/>
+                    <pic:cNvPr id="0" name="image11.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="430497" cy="538162"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6491288</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1028700</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="389092" cy="542925"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="10" name="image13.png"/>
+            <wp:docPr id="10" name="image9.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image13.png"/>
+                    <pic:cNvPr id="0" name="image9.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="389092" cy="542925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5538788</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1676400</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="430497" cy="538162"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="7" name="image6.png"/>
+            <wp:docPr id="7" name="image11.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image6.png"/>
+                    <pic:cNvPr id="0" name="image11.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="430497" cy="538162"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4619625</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1028700</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="389092" cy="542925"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="8" name="image18.png"/>
+            <wp:docPr id="8" name="image20.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image18.png"/>
+                    <pic:cNvPr id="0" name="image20.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId26"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="389092" cy="542925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4500563</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>100013</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="628270" cy="828675"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="9" name="image31.png"/>
+            <wp:docPr id="9" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image31.png"/>
+                    <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId27"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="628270" cy="828675"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5438775</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>100013</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="628270" cy="823912"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="15" name="image5.png"/>
+            <wp:docPr id="15" name="image23.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image5.png"/>
+                    <pic:cNvPr id="0" name="image23.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId28"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="628270" cy="823912"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6372225</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>38100</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="628270" cy="828675"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="5" name="image16.png"/>
+            <wp:docPr id="5" name="image15.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image16.png"/>
+                    <pic:cNvPr id="0" name="image15.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId29"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="628270" cy="828675"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6467475</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1676400</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="430497" cy="538162"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="3" name="image4.png"/>
+            <wp:docPr id="3" name="image13.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image4.png"/>
+                    <pic:cNvPr id="0" name="image13.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId30"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="430497" cy="538162"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
@@ -2208,469 +2237,483 @@
         </w:rPr>
         <w:tab/>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="3" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="3" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="96" w:line="304" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="975" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">6.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="231f20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">What should the Flurb do to get to the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:color w:val="231f20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">fruit</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="231f20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4453232</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>637541</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="628270" cy="828675"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="32" name="image21.png"/>
+            <wp:docPr id="32" name="image32.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image21.png"/>
+                    <pic:cNvPr id="0" name="image32.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId31"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="628270" cy="828675"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5436257</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>637541</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="628270" cy="828675"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="27" name="image30.png"/>
+            <wp:docPr id="27" name="image31.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image30.png"/>
+                    <pic:cNvPr id="0" name="image31.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId32"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="628270" cy="828675"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6419283</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>637541</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="628270" cy="828675"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="18" name="image11.png"/>
+            <wp:docPr id="18" name="image10.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image11.png"/>
+                    <pic:cNvPr id="0" name="image10.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId33"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="628270" cy="828675"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="6" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>704850</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>152400</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3314700" cy="2190750"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr id="14" name="image19.jpg"/>
+            <wp:docPr id="14" name="image7.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image19.jpg"/>
+                    <pic:cNvPr id="0" name="image7.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId34"/>
                     <a:srcRect b="4958" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3314700" cy="2190750"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
@@ -2706,229 +2749,230 @@
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="389093" cy="542925"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="33" name="image25.png"/>
+            <wp:docPr id="33" name="image22.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image25.png"/>
+                    <pic:cNvPr id="0" name="image22.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId35"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="389093" cy="542925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="389093" cy="542925"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="36" name="image29.png"/>
+            <wp:docPr id="36" name="image17.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image29.png"/>
+                    <pic:cNvPr id="0" name="image17.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId36"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="389093" cy="542925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4576763</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>4763</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="389093" cy="542925"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="0" distR="0"/>
-            <wp:docPr id="19" name="image7.png"/>
+            <wp:docPr id="19" name="image6.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image7.png"/>
+                    <pic:cNvPr id="0" name="image6.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId37"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="389093" cy="542925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="3" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6750" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="13"/>
           <w:szCs w:val="13"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4573748</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>127240</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="430497" cy="538162"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="35" name="image27.png"/>
+            <wp:docPr id="35" name="image33.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image27.png"/>
+                    <pic:cNvPr id="0" name="image33.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId38"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="430497" cy="538162"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
@@ -2963,56 +3007,56 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="430496" cy="538162"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>6539800</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>127240</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="430496" cy="538162"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="0" distT="0"/>
-            <wp:docPr id="22" name="image15.png"/>
+            <wp:docPr id="22" name="image18.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image15.png"/>
+                    <pic:cNvPr id="0" name="image18.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId40"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="430496" cy="538162"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
@@ -3047,50 +3091,51 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="1" w:before="5" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:tblW w:w="9540.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="1080.0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:color="58595b" w:space="0" w:sz="12" w:val="single"/>
           <w:left w:color="58595b" w:space="0" w:sz="12" w:val="single"/>
@@ -3126,179 +3171,183 @@
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6750" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6750" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6750" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6750" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="2400" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
@@ -3306,182 +3355,186 @@
             <w:tcBorders>
               <w:top w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6750" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6750" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6750" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6750" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="2440" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
@@ -3489,400 +3542,409 @@
             <w:tcBorders>
               <w:top w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6750" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6750" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6750" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6750" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="2400" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6750" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6750" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6750" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="58595b" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="6750" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="34"/>
                 <w:szCs w:val="34"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="907.2" w:top="0" w:left="374.4" w:right="446.4" w:header="420" w:footer="719"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
@@ -4118,102 +4180,104 @@
           <w:shd w:fill="00adbc" w:val="clear"/>
           <w:tcMar>
             <w:top w:w="100.0" w:type="dxa"/>
             <w:left w:w="100.0" w:type="dxa"/>
             <w:bottom w:w="100.0" w:type="dxa"/>
             <w:right w:w="100.0" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
           <w:pPr>
             <w:pageBreakBefore w:val="0"/>
             <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="0" w:firstLine="0"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
               <w:color w:val="ffffff"/>
               <w:sz w:val="48"/>
               <w:szCs w:val="48"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:color w:val="ffffff"/>
               <w:sz w:val="48"/>
               <w:szCs w:val="48"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">Happy Maps</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:shd w:fill="00adbc" w:val="clear"/>
           <w:tcMar>
             <w:top w:w="100.0" w:type="dxa"/>
             <w:left w:w="100.0" w:type="dxa"/>
             <w:bottom w:w="100.0" w:type="dxa"/>
             <w:right w:w="100.0" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="top"/>
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
           <w:pPr>
             <w:pageBreakBefore w:val="0"/>
             <w:rPr>
               <w:rFonts w:ascii="Work Sans" w:cs="Work Sans" w:eastAsia="Work Sans" w:hAnsi="Work Sans"/>
               <w:sz w:val="22.799999237060547"/>
               <w:szCs w:val="22.799999237060547"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:color w:val="ffffff"/>
               <w:sz w:val="48"/>
               <w:szCs w:val="48"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                 <wp:extent cx="547688" cy="457903"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                <wp:docPr id="20" name="image8.png"/>
+                <wp:docPr id="20" name="image12.png"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="image8.png"/>
+                        <pic:cNvPr id="0" name="image12.png"/>
                         <pic:cNvPicPr preferRelativeResize="0"/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:srcRect b="0" l="27127" r="28191" t="0"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="547688" cy="457903"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect"/>
                         <a:ln/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
@@ -4353,50 +4417,51 @@
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="12240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:cs="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -4404,163 +4469,171 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="0.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="0.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
@@ -4627,59 +4700,59 @@
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tcPr/>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-boldItalic.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/WorkSans-regular.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/WorkSans-bold.ttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/WorkSans-italic.ttf"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/WorkSans-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>