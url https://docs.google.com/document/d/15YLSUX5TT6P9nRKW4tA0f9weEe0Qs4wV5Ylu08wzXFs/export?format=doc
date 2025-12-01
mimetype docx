--- v0 (2025-10-02)
+++ v1 (2025-12-01)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="9301"/>
         </w:tabs>
@@ -135,229 +136,236 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                       <wp:extent cx="190500" cy="5357813"/>
                       <wp:effectExtent b="0" l="0" r="0" t="0"/>
                       <wp:docPr id="1" name=""/>
                       <a:graphic>
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:cNvPr id="2" name="Shape 2"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="3271500" y="1740725"/>
                                 <a:ext cx="465600" cy="3235500"/>
                               </a:xfrm>
                               <a:prstGeom prst="leftBrace">
                                 <a:avLst>
                                   <a:gd fmla="val 44356" name="adj1"/>
                                   <a:gd fmla="val 50000" name="adj2"/>
@@ -413,117 +421,120 @@
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="190500" cy="5357813"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect"/>
                               <a:ln/>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
@@ -555,66 +566,69 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                       <wp:extent cx="785813" cy="785813"/>
                       <wp:effectExtent b="0" l="0" r="0" t="0"/>
                       <wp:docPr id="9" name=""/>
                       <a:graphic>
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr/>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="2331225" y="1141225"/>
                                 <a:ext cx="785813" cy="785813"/>
                                 <a:chOff x="2331225" y="1141225"/>
                                 <a:chExt cx="814400" cy="828700"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <pic:pic>
                               <pic:nvPicPr>
                                 <pic:cNvPr id="12" name="Shape 12"/>
                                 <pic:cNvPicPr preferRelativeResize="0"/>
@@ -668,145 +682,149 @@
                                   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                     <w:pPr>
                                       <w:spacing w:after="0" w:before="0" w:line="240"/>
                                       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                       <w:jc w:val="left"/>
                                       <w:textDirection w:val="btLr"/>
                                     </w:pPr>
                                   </w:p>
                                 </w:txbxContent>
                               </wps:txbx>
                               <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:drawing>
                     <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                       <wp:extent cx="785813" cy="785813"/>
                       <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                      <wp:docPr id="9" name="image16.png"/>
+                      <wp:docPr id="9" name="image18.png"/>
                       <a:graphic>
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic>
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="image16.png"/>
+                              <pic:cNvPr id="0" name="image18.png"/>
                               <pic:cNvPicPr preferRelativeResize="0"/>
                             </pic:nvPicPr>
                             <pic:blipFill>
                               <a:blip r:embed="rId7"/>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="785813" cy="785813"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect"/>
                               <a:ln/>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">     Clap</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                       <wp:extent cx="2033588" cy="803595"/>
                       <wp:effectExtent b="0" l="0" r="0" t="0"/>
                       <wp:docPr id="8" name=""/>
                       <a:graphic>
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr/>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="899825" y="1165375"/>
                                 <a:ext cx="2033588" cy="803595"/>
                                 <a:chOff x="899825" y="1165375"/>
                                 <a:chExt cx="2055075" cy="800100"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <pic:pic>
                               <pic:nvPicPr>
                                 <pic:cNvPr id="14" name="Shape 14"/>
                                 <pic:cNvPicPr preferRelativeResize="0"/>
@@ -874,332 +892,343 @@
                                 <a:ln cap="flat" cmpd="sng" w="28575">
                                   <a:solidFill>
                                     <a:srgbClr val="8E7CC3"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                   <a:round/>
                                   <a:headEnd len="med" w="med" type="none"/>
                                   <a:tailEnd len="med" w="med" type="none"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:drawing>
                     <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                       <wp:extent cx="2033588" cy="803595"/>
                       <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                      <wp:docPr id="8" name="image15.png"/>
+                      <wp:docPr id="8" name="image17.png"/>
                       <a:graphic>
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic>
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="image15.png"/>
+                              <pic:cNvPr id="0" name="image17.png"/>
                               <pic:cNvPicPr preferRelativeResize="0"/>
                             </pic:nvPicPr>
                             <pic:blipFill>
                               <a:blip r:embed="rId7"/>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2033588" cy="803595"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect"/>
                               <a:ln/>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">      Clap                        Clap</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="1000" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                       <wp:extent cx="2090738" cy="868616"/>
                       <wp:effectExtent b="0" l="0" r="0" t="0"/>
                       <wp:docPr id="2" name=""/>
                       <a:graphic>
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr/>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="983400" y="2889750"/>
                                 <a:ext cx="2090738" cy="868616"/>
                                 <a:chOff x="983400" y="2889750"/>
                                 <a:chExt cx="1985800" cy="807700"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <pic:pic>
                               <pic:nvPicPr>
                                 <pic:cNvPr descr="Waist.png" id="3" name="Shape 3"/>
                                 <pic:cNvPicPr preferRelativeResize="0"/>
@@ -1315,82 +1344,85 @@
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2090738" cy="868616"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect"/>
                               <a:ln/>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> Behind Head              Waist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                       <wp:extent cx="2155031" cy="862013"/>
                       <wp:effectExtent b="0" l="0" r="0" t="0"/>
                       <wp:docPr id="4" name=""/>
                       <a:graphic>
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr/>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="2149925" y="2084925"/>
                                 <a:ext cx="2155031" cy="862013"/>
                                 <a:chOff x="2149925" y="2084925"/>
                                 <a:chExt cx="2055050" cy="800125"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <pic:pic>
                               <pic:nvPicPr>
                                 <pic:cNvPr descr="Behind Head.png" id="9" name="Shape 9"/>
                                 <pic:cNvPicPr preferRelativeResize="0"/>
@@ -1458,317 +1490,328 @@
                                 <a:ln cap="flat" cmpd="sng" w="28575">
                                   <a:solidFill>
                                     <a:srgbClr val="8E7CC3"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                   <a:round/>
                                   <a:headEnd len="med" w="med" type="none"/>
                                   <a:tailEnd len="med" w="med" type="none"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:drawing>
                     <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                       <wp:extent cx="2155031" cy="862013"/>
                       <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                      <wp:docPr id="4" name="image11.png"/>
+                      <wp:docPr id="4" name="image7.png"/>
                       <a:graphic>
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic>
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="image11.png"/>
+                              <pic:cNvPr id="0" name="image7.png"/>
                               <pic:cNvPicPr preferRelativeResize="0"/>
                             </pic:nvPicPr>
                             <pic:blipFill>
                               <a:blip r:embed="rId7"/>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2155031" cy="862013"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect"/>
                               <a:ln/>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Behind Head               Waist</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="1000" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Repeat this part </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> times!</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                       <wp:extent cx="785813" cy="785813"/>
                       <wp:effectExtent b="0" l="0" r="0" t="0"/>
                       <wp:docPr id="7" name=""/>
                       <a:graphic>
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr/>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="2331225" y="1141225"/>
                                 <a:ext cx="785813" cy="785813"/>
                                 <a:chOff x="2331225" y="1141225"/>
                                 <a:chExt cx="814400" cy="828700"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <pic:pic>
                               <pic:nvPicPr>
                                 <pic:cNvPr id="12" name="Shape 12"/>
                                 <pic:cNvPicPr preferRelativeResize="0"/>
@@ -1822,147 +1865,152 @@
                                   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                     <w:pPr>
                                       <w:spacing w:after="0" w:before="0" w:line="240"/>
                                       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                       <w:jc w:val="left"/>
                                       <w:textDirection w:val="btLr"/>
                                     </w:pPr>
                                   </w:p>
                                 </w:txbxContent>
                               </wps:txbx>
                               <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:drawing>
                     <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                       <wp:extent cx="785813" cy="785813"/>
                       <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                      <wp:docPr id="7" name="image14.png"/>
+                      <wp:docPr id="7" name="image16.png"/>
                       <a:graphic>
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic>
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="image14.png"/>
+                              <pic:cNvPr id="0" name="image16.png"/>
                               <pic:cNvPicPr preferRelativeResize="0"/>
                             </pic:nvPicPr>
                             <pic:blipFill>
                               <a:blip r:embed="rId7"/>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="785813" cy="785813"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect"/>
                               <a:ln/>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">     Clap</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                       <wp:extent cx="2033588" cy="803595"/>
                       <wp:effectExtent b="0" l="0" r="0" t="0"/>
                       <wp:docPr id="11" name=""/>
                       <a:graphic>
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr/>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="899825" y="1165375"/>
                                 <a:ext cx="2033588" cy="803595"/>
                                 <a:chOff x="899825" y="1165375"/>
                                 <a:chExt cx="2055075" cy="800100"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <pic:pic>
                               <pic:nvPicPr>
                                 <pic:cNvPr id="14" name="Shape 14"/>
                                 <pic:cNvPicPr preferRelativeResize="0"/>
@@ -2030,300 +2078,308 @@
                                 <a:ln cap="flat" cmpd="sng" w="28575">
                                   <a:solidFill>
                                     <a:srgbClr val="8E7CC3"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                   <a:round/>
                                   <a:headEnd len="med" w="med" type="none"/>
                                   <a:tailEnd len="med" w="med" type="none"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:drawing>
                     <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                       <wp:extent cx="2033588" cy="803595"/>
                       <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                      <wp:docPr id="11" name="image18.png"/>
+                      <wp:docPr id="11" name="image20.png"/>
                       <a:graphic>
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic>
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="image18.png"/>
+                              <pic:cNvPr id="0" name="image20.png"/>
                               <pic:cNvPicPr preferRelativeResize="0"/>
                             </pic:nvPicPr>
                             <pic:blipFill>
                               <a:blip r:embed="rId7"/>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2033588" cy="803595"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect"/>
                               <a:ln/>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">      Clap                        Clap</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="1000" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
@@ -2331,57 +2387,59 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                       <wp:extent cx="2090738" cy="878716"/>
                       <wp:effectExtent b="0" l="0" r="0" t="0"/>
                       <wp:docPr id="5" name=""/>
                       <a:graphic>
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr/>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="983400" y="2889750"/>
                                 <a:ext cx="2090738" cy="878716"/>
                                 <a:chOff x="983400" y="2889750"/>
                                 <a:chExt cx="1985800" cy="807700"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <pic:pic>
                               <pic:nvPicPr>
                                 <pic:cNvPr descr="Left Up.png" id="6" name="Shape 6"/>
                                 <pic:cNvPicPr preferRelativeResize="0"/>
@@ -2462,145 +2520,149 @@
                                   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                     <w:pPr>
                                       <w:spacing w:after="0" w:before="0" w:line="240"/>
                                       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                       <w:jc w:val="left"/>
                                       <w:textDirection w:val="btLr"/>
                                     </w:pPr>
                                   </w:p>
                                 </w:txbxContent>
                               </wps:txbx>
                               <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:drawing>
                     <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                       <wp:extent cx="2090738" cy="878716"/>
                       <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                      <wp:docPr id="5" name="image12.png"/>
+                      <wp:docPr id="5" name="image14.png"/>
                       <a:graphic>
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic>
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="image12.png"/>
+                              <pic:cNvPr id="0" name="image14.png"/>
                               <pic:cNvPicPr preferRelativeResize="0"/>
                             </pic:nvPicPr>
                             <pic:blipFill>
                               <a:blip r:embed="rId7"/>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2090738" cy="878716"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect"/>
                               <a:ln/>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">      Left Up                 Right Up  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                       <wp:extent cx="2152443" cy="900113"/>
                       <wp:effectExtent b="0" l="0" r="0" t="0"/>
                       <wp:docPr id="3" name=""/>
                       <a:graphic>
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr/>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="997700" y="2889900"/>
                                 <a:ext cx="2152443" cy="900113"/>
                                 <a:chOff x="997700" y="2889900"/>
                                 <a:chExt cx="1957225" cy="807450"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <pic:pic>
                               <pic:nvPicPr>
                                 <pic:cNvPr descr="Left Up.png" id="6" name="Shape 6"/>
                                 <pic:cNvPicPr preferRelativeResize="0"/>
@@ -2703,260 +2765,271 @@
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2152443" cy="900113"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect"/>
                               <a:ln/>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">     Left Up                  Right Up</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="1000" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                       <wp:extent cx="785813" cy="785813"/>
                       <wp:effectExtent b="0" l="0" r="0" t="0"/>
                       <wp:docPr id="6" name=""/>
                       <a:graphic>
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr/>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="2331225" y="1141225"/>
                                 <a:ext cx="785813" cy="785813"/>
                                 <a:chOff x="2331225" y="1141225"/>
                                 <a:chExt cx="814400" cy="828700"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <pic:pic>
                               <pic:nvPicPr>
                                 <pic:cNvPr id="12" name="Shape 12"/>
                                 <pic:cNvPicPr preferRelativeResize="0"/>
@@ -3010,147 +3083,152 @@
                                   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                     <w:pPr>
                                       <w:spacing w:after="0" w:before="0" w:line="240"/>
                                       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                       <w:jc w:val="left"/>
                                       <w:textDirection w:val="btLr"/>
                                     </w:pPr>
                                   </w:p>
                                 </w:txbxContent>
                               </wps:txbx>
                               <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:drawing>
                     <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                       <wp:extent cx="785813" cy="785813"/>
                       <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                      <wp:docPr id="6" name="image13.png"/>
+                      <wp:docPr id="6" name="image15.png"/>
                       <a:graphic>
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic>
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="image13.png"/>
+                              <pic:cNvPr id="0" name="image15.png"/>
                               <pic:cNvPicPr preferRelativeResize="0"/>
                             </pic:nvPicPr>
                             <pic:blipFill>
                               <a:blip r:embed="rId7"/>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="785813" cy="785813"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect"/>
                               <a:ln/>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">     Clap</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                       <wp:extent cx="2008227" cy="795338"/>
                       <wp:effectExtent b="0" l="0" r="0" t="0"/>
                       <wp:docPr id="10" name=""/>
                       <a:graphic>
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr/>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="899825" y="1165375"/>
                                 <a:ext cx="2008227" cy="795338"/>
                                 <a:chOff x="899825" y="1165375"/>
                                 <a:chExt cx="2055075" cy="800100"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <pic:pic>
                               <pic:nvPicPr>
                                 <pic:cNvPr id="14" name="Shape 14"/>
                                 <pic:cNvPicPr preferRelativeResize="0"/>
@@ -3218,192 +3296,197 @@
                                 <a:ln cap="flat" cmpd="sng" w="28575">
                                   <a:solidFill>
                                     <a:srgbClr val="8E7CC3"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                   <a:round/>
                                   <a:headEnd len="med" w="med" type="none"/>
                                   <a:tailEnd len="med" w="med" type="none"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:drawing>
                     <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                       <wp:extent cx="2008227" cy="795338"/>
                       <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                      <wp:docPr id="10" name="image17.png"/>
+                      <wp:docPr id="10" name="image19.png"/>
                       <a:graphic>
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic>
                             <pic:nvPicPr>
-                              <pic:cNvPr id="0" name="image17.png"/>
+                              <pic:cNvPr id="0" name="image19.png"/>
                               <pic:cNvPicPr preferRelativeResize="0"/>
                             </pic:nvPicPr>
                             <pic:blipFill>
                               <a:blip r:embed="rId7"/>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2008227" cy="795338"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect"/>
                               <a:ln/>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">     Clap                        Clap</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="1000" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
@@ -3436,322 +3519,332 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
-                <w:color w:val="674ea7"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="674ea7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="747713" cy="747713"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="14" name="image1.png"/>
+                  <wp:docPr id="14" name="image2.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image1.png"/>
+                          <pic:cNvPr id="0" name="image2.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="747713" cy="747713"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  Belly Laugh</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="9301"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="674ea7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="9301"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference r:id="rId13" w:type="default"/>
       <w:footerReference r:id="rId14" w:type="default"/>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="280" w:top="420" w:left="420" w:right="440" w:header="0" w:footer="0"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Calibri"/>
@@ -3874,50 +3967,51 @@
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="200" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Comfortaa" w:cs="Comfortaa" w:eastAsia="Comfortaa" w:hAnsi="Comfortaa"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:color w:val="ff9900"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">TEACHER KEY</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Table2"/>
       <w:tblW w:w="11445.0" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:color="00adbc" w:space="0" w:sz="8" w:val="single"/>
         <w:left w:color="00adbc" w:space="0" w:sz="8" w:val="single"/>
         <w:bottom w:color="00adbc" w:space="0" w:sz="8" w:val="single"/>
         <w:right w:color="00adbc" w:space="0" w:sz="8" w:val="single"/>
         <w:insideH w:color="00adbc" w:space="0" w:sz="8" w:val="single"/>
         <w:insideV w:color="00adbc" w:space="0" w:sz="8" w:val="single"/>
@@ -3964,59 +4058,61 @@
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:shd w:fill="00adbc" w:val="clear"/>
           <w:tcMar>
             <w:top w:w="99.36" w:type="dxa"/>
             <w:left w:w="99.36" w:type="dxa"/>
             <w:bottom w:w="99.36" w:type="dxa"/>
             <w:right w:w="99.36" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
           <w:pPr>
             <w:pageBreakBefore w:val="0"/>
             <w:spacing w:line="276" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:color w:val="ffffff"/>
               <w:sz w:val="36"/>
               <w:szCs w:val="36"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:color w:val="ffffff"/>
               <w:sz w:val="36"/>
               <w:szCs w:val="36"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">Getting Loopy</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
           <w:pPr>
             <w:pageBreakBefore w:val="0"/>
             <w:spacing w:line="276" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
               <w:color w:val="ffffff"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
               <w:color w:val="ffffff"/>
               <w:sz w:val="20"/>
@@ -4027,123 +4123,126 @@
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:shd w:fill="00adbc" w:val="clear"/>
           <w:tcMar>
             <w:top w:w="99.36" w:type="dxa"/>
             <w:left w:w="99.36" w:type="dxa"/>
             <w:bottom w:w="99.36" w:type="dxa"/>
             <w:right w:w="99.36" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="top"/>
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
           <w:pPr>
             <w:pageBreakBefore w:val="0"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:color w:val="ffffff"/>
               <w:sz w:val="48"/>
               <w:szCs w:val="48"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                 <wp:extent cx="547688" cy="457903"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                <wp:docPr id="12" name="image2.png"/>
+                <wp:docPr id="12" name="image1.png"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="image2.png"/>
+                        <pic:cNvPr id="0" name="image1.png"/>
                         <pic:cNvPicPr preferRelativeResize="0"/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:srcRect b="0" l="27127" r="28191" t="0"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="547688" cy="457903"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect"/>
                         <a:ln/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:ind w:left="-990"/>
       <w:rPr>
         <w:rFonts w:ascii="Comfortaa" w:cs="Comfortaa" w:eastAsia="Comfortaa" w:hAnsi="Comfortaa"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:color w:val="ff9900"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -4151,163 +4250,171 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
@@ -4405,59 +4512,59 @@
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tcPr/>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-boldItalic.ttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Comfortaa-regular.ttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Kalam-bold.ttf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Comfortaa-bold.ttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Kalam-regular.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/WorkSans-regular.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/WorkSans-bold.ttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/WorkSans-italic.ttf"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/WorkSans-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>