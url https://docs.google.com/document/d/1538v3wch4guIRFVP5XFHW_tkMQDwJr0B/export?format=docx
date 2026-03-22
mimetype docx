--- v0 (2025-12-06)
+++ v1 (2026-03-22)
@@ -4980,53 +4980,50 @@
                               <a:off x="0" y="0"/>
                               <a:ext cx="11292" cy="2262"/>
                             </a:xfrm>
                             <a:custGeom>
                               <a:rect b="b" l="l" r="r" t="t"/>
                               <a:pathLst>
                                 <a:path extrusionOk="0" h="120000" w="120000">
                                   <a:moveTo>
                                     <a:pt x="1502" y="60000"/>
                                   </a:moveTo>
                                   <a:cubicBezTo>
                                     <a:pt x="1502" y="40247"/>
                                     <a:pt x="13857" y="22165"/>
                                     <a:pt x="33474" y="13208"/>
                                   </a:cubicBezTo>
                                   <a:cubicBezTo>
                                     <a:pt x="53091" y="4250"/>
                                     <a:pt x="76650" y="5934"/>
                                     <a:pt x="94441" y="17564"/>
                                   </a:cubicBezTo>
                                   <a:lnTo>
                                     <a:pt x="94441" y="17564"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="116084" y="51987"/>
-                                  </a:lnTo>
-[...1 lines deleted...]
-                                    <a:pt x="59892" y="22500"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="59892" y="22500"/>
                                   </a:lnTo>
                                   <a:lnTo>
                                     <a:pt x="59892" y="22500"/>
                                   </a:lnTo>
                                   <a:cubicBezTo>
                                     <a:pt x="29286" y="22540"/>
                                     <a:pt x="4507" y="39318"/>
                                     <a:pt x="4507" y="60000"/>
                                   </a:cubicBezTo>
                                   <a:close/>
                                 </a:path>
                               </a:pathLst>
                             </a:custGeom>
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                           </wps:spPr>
                           <wps:txbx>
                             <w:txbxContent>
@@ -6645,56 +6642,56 @@
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="7477"/>
         </w:tabs>
         <w:spacing w:before="75" w:lineRule="auto"/>
         <w:ind w:left="936" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>1193165</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>8970010</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2103120" cy="1088390"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="8" name="image3.jpg"/>
+            <wp:docPr id="8" name="image4.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image3.jpg"/>
+                    <pic:cNvPr id="0" name="image4.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2103120" cy="1088390"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
@@ -15159,56 +15156,56 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="1244600" cy="1092835"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="1" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4934585</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-2213609</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1156970" cy="1092835"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="7" name="image4.jpg"/>
+            <wp:docPr id="7" name="image3.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image4.jpg"/>
+                    <pic:cNvPr id="0" name="image3.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1156970" cy="1092835"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <mc:AlternateContent>
@@ -24007,51 +24004,51 @@
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="0.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="0.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table8">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="0.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="0.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-bold.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>