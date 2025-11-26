--- v0 (2025-10-08)
+++ v1 (2025-11-26)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:pageBreakBefore w:val="0"/>
@@ -123,101 +124,104 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Oswald" w:cs="Oswald" w:eastAsia="Oswald" w:hAnsi="Oswald"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_o1swta51zs4j" w:id="2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Oswald" w:cs="Oswald" w:eastAsia="Oswald" w:hAnsi="Oswald"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">VIDEO TRANSCRIPT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:pict>
           <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_z3j0qphmfsx4" w:id="3"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Oswald Medium" w:cs="Oswald Medium" w:eastAsia="Oswald Medium" w:hAnsi="Oswald Medium"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">VIDEO 1</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Video Call]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">﻿- Hi, Doug!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
@@ -670,76 +674,79 @@
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">In fact, the names of the first two letters of the Greek alphabet reveal something interesting. The letter for the “ah” sound in the Greek alphabet is named </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">alpha</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. The letter for the “ba” sound in the Greek alphabet is named </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">beta</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. Alpha, beta—you see why this way of writing started to be called an</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> alphabet</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">? </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
@@ -784,50 +791,51 @@
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Because these exact shapes of the letters we use were created by the ancient Romans, sometimes we call our alphabet the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Roman alphabet</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, and English definitely isn't the only language to use the Roman alphabet. Lots of other languages use the same alphabet to stand for the sounds of their languages—including Spanish, German, French, and many more. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
       <w:pPr>
@@ -896,401 +904,402 @@
     <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId2" w:subsetted="0"/>
   </w:font>
   <w:font w:name="Oswald">
     <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId3" w:subsetted="0"/>
     <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="19050" distT="19050" distL="19050" distR="19050">
           <wp:extent cx="1828650" cy="149125"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="1" name="image1.png"/>
+          <wp:docPr id="1" name="image2.png"/>
+          <a:graphic>
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic>
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="image2.png"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:srcRect b="0" l="0" r="0" t="0"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1828650" cy="149125"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect"/>
+                  <a:ln/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
+    <w:pPr>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="4"/>
+        <w:szCs w:val="4"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
+    <w:pPr>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="4"/>
+        <w:szCs w:val="4"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
+    <w:pPr>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+      <w:t xml:space="preserve">“Who invented the alphabet?” Transcript</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
+    <w:pPr>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+      <w:instrText xml:space="preserve">PAGE</w:instrText>
+      <w:fldChar w:fldCharType="separate"/>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
+    <w:pPr>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr/>
+      <w:drawing>
+        <wp:inline distB="19050" distT="19050" distL="19050" distR="19050">
+          <wp:extent cx="1828650" cy="149125"/>
+          <wp:effectExtent b="0" l="0" r="0" t="0"/>
+          <wp:docPr id="3" name="image2.png"/>
+          <a:graphic>
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic>
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="image2.png"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:srcRect b="0" l="0" r="0" t="0"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1828650" cy="149125"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect"/>
+                  <a:ln/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
+    <w:pPr>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="4"/>
+        <w:szCs w:val="4"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
+    <w:pPr>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="4"/>
+        <w:szCs w:val="4"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
+    <w:pPr>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+      <w:t xml:space="preserve">“Who invented the alphabet?” Transcript</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
+    <w:pPr>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+      <w:instrText xml:space="preserve">PAGE</w:instrText>
+      <w:fldChar w:fldCharType="separate"/>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
+    <w:pPr>
+      <w:pageBreakBefore w:val="0"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
+    <w:pPr>
+      <w:pageBreakBefore w:val="0"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
+    <w:pPr>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="0"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr/>
+      <w:drawing>
+        <wp:inline distB="19050" distT="19050" distL="19050" distR="19050">
+          <wp:extent cx="1828650" cy="149125"/>
+          <wp:effectExtent b="0" l="0" r="0" t="0"/>
+          <wp:docPr id="2" name="image1.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1828650" cy="149125"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
-[...293 lines deleted...]
-  </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1313,174 +1322,178 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OswaldMedium-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OswaldMedium-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Oswald-regular.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Oswald-bold.ttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>