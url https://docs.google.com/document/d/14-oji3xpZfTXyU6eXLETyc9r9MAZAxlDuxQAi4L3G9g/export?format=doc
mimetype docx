--- v0 (2025-10-06)
+++ v1 (2025-12-03)
@@ -1,71 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Unit 5 Lesson 6</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -115,102 +118,105 @@
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="570" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Activity Guide - Pet Records</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
@@ -260,84 +266,87 @@
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="7665a0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="7665a0"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="7665a0"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pet Records</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3133725</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>209550</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3560268" cy="4653237"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
                 <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
                 <wp:docPr id="3" name=""/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
@@ -379,51 +388,51 @@
                           <w:txbxContent>
                             <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                               <w:pPr>
                                 <w:spacing w:after="0" w:before="0" w:line="240"/>
                                 <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                 <w:jc w:val="left"/>
                                 <w:textDirection w:val="btLr"/>
                               </w:pPr>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wpg:graphicFrame>
                         <wpg:xfrm>
                           <a:off x="4094425" y="819225"/>
                           <a:ext cx="3000000" cy="3000000"/>
                         </wpg:xfrm>
                         <a:graphic>
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
                             <a:tbl>
                               <a:tblPr>
                                 <a:noFill/>
-                                <a:tableStyleId>{A7EF1E5D-A9D9-4EAD-B74A-14CF932583AE}</a:tableStyleId>
+                                <a:tableStyleId>{C51A8A17-7401-4A0B-8301-174F7F0B5A23}</a:tableStyleId>
                               </a:tblPr>
                               <a:tblGrid>
                                 <a:gridCol w="217025"/>
                                 <a:gridCol w="217025"/>
                                 <a:gridCol w="217025"/>
                                 <a:gridCol w="217025"/>
                                 <a:gridCol w="217025"/>
                                 <a:gridCol w="217025"/>
                                 <a:gridCol w="217025"/>
                                 <a:gridCol w="217025"/>
                               </a:tblGrid>
                               <a:tr h="216975">
                                 <a:tc>
                                   <a:txBody>
                                     <a:bodyPr/>
                                     <a:lstStyle/>
                                     <a:p>
                                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
                                         <a:spcBef>
                                           <a:spcPts val="0"/>
                                         </a:spcBef>
                                         <a:spcAft>
                                           <a:spcPts val="0"/>
                                         </a:spcAft>
                                         <a:buNone/>
@@ -8732,51 +8741,51 @@
                                       <a:prstDash val="solid"/>
                                       <a:round/>
                                       <a:headEnd len="sm" w="sm" type="none"/>
                                       <a:tailEnd len="sm" w="sm" type="none"/>
                                     </a:lnB>
                                     <a:solidFill>
                                       <a:srgbClr val="434343"/>
                                     </a:solidFill>
                                   </a:tcPr>
                                 </a:tc>
                               </a:tr>
                             </a:tbl>
                           </a:graphicData>
                         </a:graphic>
                       </wpg:graphicFrame>
                       <wpg:graphicFrame>
                         <wpg:xfrm>
                           <a:off x="3063000" y="819225"/>
                           <a:ext cx="3000000" cy="3000000"/>
                         </wpg:xfrm>
                         <a:graphic>
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
                             <a:tbl>
                               <a:tblPr>
                                 <a:noFill/>
-                                <a:tableStyleId>{A7EF1E5D-A9D9-4EAD-B74A-14CF932583AE}</a:tableStyleId>
+                                <a:tableStyleId>{C51A8A17-7401-4A0B-8301-174F7F0B5A23}</a:tableStyleId>
                               </a:tblPr>
                               <a:tblGrid>
                                 <a:gridCol w="645825"/>
                                 <a:gridCol w="226375"/>
                               </a:tblGrid>
                               <a:tr h="216975">
                                 <a:tc>
                                   <a:txBody>
                                     <a:bodyPr/>
                                     <a:lstStyle/>
                                     <a:p>
                                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                                         <a:spcBef>
                                           <a:spcPts val="0"/>
                                         </a:spcBef>
                                         <a:spcAft>
                                           <a:spcPts val="0"/>
                                         </a:spcAft>
                                         <a:buNone/>
                                       </a:pPr>
                                       <a:r>
                                         <a:rPr lang="en-US" sz="1000"/>
                                         <a:t>Age</a:t>
                                       </a:r>
                                       <a:endParaRPr sz="1000"/>
@@ -11247,50 +11256,51 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The record is stored in binary, and it’s organized into 8-bit sections.  Each section of 8 bits is called a </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">byte</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11575,51 +11585,51 @@
                           <w:txbxContent>
                             <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                               <w:pPr>
                                 <w:spacing w:after="0" w:before="0" w:line="240"/>
                                 <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                 <w:jc w:val="left"/>
                                 <w:textDirection w:val="btLr"/>
                               </w:pPr>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wpg:graphicFrame>
                         <wpg:xfrm>
                           <a:off x="4094425" y="819225"/>
                           <a:ext cx="3000000" cy="3000000"/>
                         </wpg:xfrm>
                         <a:graphic>
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
                             <a:tbl>
                               <a:tblPr>
                                 <a:noFill/>
-                                <a:tableStyleId>{A7EF1E5D-A9D9-4EAD-B74A-14CF932583AE}</a:tableStyleId>
+                                <a:tableStyleId>{C51A8A17-7401-4A0B-8301-174F7F0B5A23}</a:tableStyleId>
                               </a:tblPr>
                               <a:tblGrid>
                                 <a:gridCol w="217025"/>
                               </a:tblGrid>
                               <a:tr h="216975">
                                 <a:tc>
                                   <a:txBody>
                                     <a:bodyPr/>
                                     <a:lstStyle/>
                                     <a:p>
                                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
                                         <a:spcBef>
                                           <a:spcPts val="0"/>
                                         </a:spcBef>
                                         <a:spcAft>
                                           <a:spcPts val="0"/>
                                         </a:spcAft>
                                         <a:buNone/>
                                       </a:pPr>
                                       <a:r>
                                         <a:t/>
                                       </a:r>
                                       <a:endParaRPr>
                                         <a:solidFill>
                                           <a:srgbClr val="999999"/>
@@ -11659,51 +11669,51 @@
                                       <a:solidFill>
                                         <a:srgbClr val="000000"/>
                                       </a:solidFill>
                                       <a:prstDash val="solid"/>
                                       <a:round/>
                                       <a:headEnd len="sm" w="sm" type="none"/>
                                       <a:tailEnd len="sm" w="sm" type="none"/>
                                     </a:lnB>
                                   </a:tcPr>
                                 </a:tc>
                               </a:tr>
                             </a:tbl>
                           </a:graphicData>
                         </a:graphic>
                       </wpg:graphicFrame>
                       <wpg:graphicFrame>
                         <wpg:xfrm>
                           <a:off x="5113800" y="819213"/>
                           <a:ext cx="3000000" cy="3000000"/>
                         </wpg:xfrm>
                         <a:graphic>
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
                             <a:tbl>
                               <a:tblPr>
                                 <a:noFill/>
-                                <a:tableStyleId>{A7EF1E5D-A9D9-4EAD-B74A-14CF932583AE}</a:tableStyleId>
+                                <a:tableStyleId>{C51A8A17-7401-4A0B-8301-174F7F0B5A23}</a:tableStyleId>
                               </a:tblPr>
                               <a:tblGrid>
                                 <a:gridCol w="217025"/>
                               </a:tblGrid>
                               <a:tr h="216975">
                                 <a:tc>
                                   <a:txBody>
                                     <a:bodyPr/>
                                     <a:lstStyle/>
                                     <a:p>
                                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
                                         <a:spcBef>
                                           <a:spcPts val="0"/>
                                         </a:spcBef>
                                         <a:spcAft>
                                           <a:spcPts val="0"/>
                                         </a:spcAft>
                                         <a:buNone/>
                                       </a:pPr>
                                       <a:r>
                                         <a:t/>
                                       </a:r>
                                       <a:endParaRPr>
                                         <a:solidFill>
                                           <a:srgbClr val="999999"/>
@@ -12286,50 +12296,51 @@
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">What information can you find in the 8x8 picture?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
@@ -12508,51 +12519,51 @@
                           <w:txbxContent>
                             <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                               <w:pPr>
                                 <w:spacing w:after="0" w:before="0" w:line="240"/>
                                 <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                 <w:jc w:val="left"/>
                                 <w:textDirection w:val="btLr"/>
                               </w:pPr>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wpg:graphicFrame>
                         <wpg:xfrm>
                           <a:off x="4094425" y="819225"/>
                           <a:ext cx="3000000" cy="3000000"/>
                         </wpg:xfrm>
                         <a:graphic>
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
                             <a:tbl>
                               <a:tblPr>
                                 <a:noFill/>
-                                <a:tableStyleId>{A7EF1E5D-A9D9-4EAD-B74A-14CF932583AE}</a:tableStyleId>
+                                <a:tableStyleId>{C51A8A17-7401-4A0B-8301-174F7F0B5A23}</a:tableStyleId>
                               </a:tblPr>
                               <a:tblGrid>
                                 <a:gridCol w="217025"/>
                                 <a:gridCol w="217025"/>
                                 <a:gridCol w="217025"/>
                                 <a:gridCol w="217025"/>
                                 <a:gridCol w="217025"/>
                                 <a:gridCol w="217025"/>
                                 <a:gridCol w="217025"/>
                                 <a:gridCol w="217025"/>
                               </a:tblGrid>
                               <a:tr h="216975">
                                 <a:tc>
                                   <a:txBody>
                                     <a:bodyPr/>
                                     <a:lstStyle/>
                                     <a:p>
                                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
                                         <a:spcBef>
                                           <a:spcPts val="0"/>
                                         </a:spcBef>
                                         <a:spcAft>
                                           <a:spcPts val="0"/>
                                         </a:spcAft>
                                         <a:buNone/>
@@ -20885,51 +20896,51 @@
                                       <a:prstDash val="solid"/>
                                       <a:round/>
                                       <a:headEnd len="sm" w="sm" type="none"/>
                                       <a:tailEnd len="sm" w="sm" type="none"/>
                                     </a:lnB>
                                     <a:solidFill>
                                       <a:srgbClr val="434343"/>
                                     </a:solidFill>
                                   </a:tcPr>
                                 </a:tc>
                               </a:tr>
                             </a:tbl>
                           </a:graphicData>
                         </a:graphic>
                       </wpg:graphicFrame>
                       <wpg:graphicFrame>
                         <wpg:xfrm>
                           <a:off x="3063000" y="819225"/>
                           <a:ext cx="3000000" cy="3000000"/>
                         </wpg:xfrm>
                         <a:graphic>
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
                             <a:tbl>
                               <a:tblPr>
                                 <a:noFill/>
-                                <a:tableStyleId>{A7EF1E5D-A9D9-4EAD-B74A-14CF932583AE}</a:tableStyleId>
+                                <a:tableStyleId>{C51A8A17-7401-4A0B-8301-174F7F0B5A23}</a:tableStyleId>
                               </a:tblPr>
                               <a:tblGrid>
                                 <a:gridCol w="645825"/>
                                 <a:gridCol w="226375"/>
                               </a:tblGrid>
                               <a:tr h="216975">
                                 <a:tc>
                                   <a:txBody>
                                     <a:bodyPr/>
                                     <a:lstStyle/>
                                     <a:p>
                                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
                                         <a:spcBef>
                                           <a:spcPts val="0"/>
                                         </a:spcBef>
                                         <a:spcAft>
                                           <a:spcPts val="0"/>
                                         </a:spcAft>
                                         <a:buNone/>
                                       </a:pPr>
                                       <a:r>
                                         <a:rPr lang="en-US" sz="1000"/>
                                         <a:t>Age</a:t>
                                       </a:r>
                                       <a:endParaRPr sz="1000"/>
@@ -23496,50 +23507,51 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The next seven bytes (09-15) hold the pet’s breed.  Each byte is one ASCII character.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_6jynzjnzmoua" w:id="2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Decode the Record</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
       <w:pPr>
@@ -23630,51 +23642,51 @@
                           <w:txbxContent>
                             <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                               <w:pPr>
                                 <w:spacing w:after="0" w:before="0" w:line="240"/>
                                 <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                 <w:jc w:val="left"/>
                                 <w:textDirection w:val="btLr"/>
                               </w:pPr>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wpg:graphicFrame>
                         <wpg:xfrm>
                           <a:off x="4094425" y="819225"/>
                           <a:ext cx="3000000" cy="3000000"/>
                         </wpg:xfrm>
                         <a:graphic>
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
                             <a:tbl>
                               <a:tblPr>
                                 <a:noFill/>
-                                <a:tableStyleId>{A7EF1E5D-A9D9-4EAD-B74A-14CF932583AE}</a:tableStyleId>
+                                <a:tableStyleId>{C51A8A17-7401-4A0B-8301-174F7F0B5A23}</a:tableStyleId>
                               </a:tblPr>
                               <a:tblGrid>
                                 <a:gridCol w="217025"/>
                               </a:tblGrid>
                               <a:tr h="216975">
                                 <a:tc>
                                   <a:txBody>
                                     <a:bodyPr/>
                                     <a:lstStyle/>
                                     <a:p>
                                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
                                         <a:spcBef>
                                           <a:spcPts val="0"/>
                                         </a:spcBef>
                                         <a:spcAft>
                                           <a:spcPts val="0"/>
                                         </a:spcAft>
                                         <a:buNone/>
                                       </a:pPr>
                                       <a:r>
                                         <a:t/>
                                       </a:r>
                                       <a:endParaRPr>
                                         <a:solidFill>
                                           <a:srgbClr val="999999"/>
@@ -23714,51 +23726,51 @@
                                       <a:solidFill>
                                         <a:srgbClr val="000000"/>
                                       </a:solidFill>
                                       <a:prstDash val="solid"/>
                                       <a:round/>
                                       <a:headEnd len="sm" w="sm" type="none"/>
                                       <a:tailEnd len="sm" w="sm" type="none"/>
                                     </a:lnB>
                                   </a:tcPr>
                                 </a:tc>
                               </a:tr>
                             </a:tbl>
                           </a:graphicData>
                         </a:graphic>
                       </wpg:graphicFrame>
                       <wpg:graphicFrame>
                         <wpg:xfrm>
                           <a:off x="5113800" y="819213"/>
                           <a:ext cx="3000000" cy="3000000"/>
                         </wpg:xfrm>
                         <a:graphic>
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
                             <a:tbl>
                               <a:tblPr>
                                 <a:noFill/>
-                                <a:tableStyleId>{A7EF1E5D-A9D9-4EAD-B74A-14CF932583AE}</a:tableStyleId>
+                                <a:tableStyleId>{C51A8A17-7401-4A0B-8301-174F7F0B5A23}</a:tableStyleId>
                               </a:tblPr>
                               <a:tblGrid>
                                 <a:gridCol w="217025"/>
                               </a:tblGrid>
                               <a:tr h="216975">
                                 <a:tc>
                                   <a:txBody>
                                     <a:bodyPr/>
                                     <a:lstStyle/>
                                     <a:p>
                                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
                                         <a:spcBef>
                                           <a:spcPts val="0"/>
                                         </a:spcBef>
                                         <a:spcAft>
                                           <a:spcPts val="0"/>
                                         </a:spcAft>
                                         <a:buNone/>
                                       </a:pPr>
                                       <a:r>
                                         <a:t/>
                                       </a:r>
                                       <a:endParaRPr>
                                         <a:solidFill>
                                           <a:srgbClr val="999999"/>
@@ -24601,71 +24613,73 @@
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
@@ -24740,92 +24754,95 @@
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
@@ -25421,50 +25438,51 @@
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5d6770"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="252.00000000000003" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -25473,85 +25491,88 @@
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:before="460" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="7665a0"/>
       <w:sz w:val="38"/>
       <w:szCs w:val="38"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="7665a0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="ffa400"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
@@ -25561,84 +25582,86 @@
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:sz w:val="42"/>
       <w:szCs w:val="42"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="200" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>