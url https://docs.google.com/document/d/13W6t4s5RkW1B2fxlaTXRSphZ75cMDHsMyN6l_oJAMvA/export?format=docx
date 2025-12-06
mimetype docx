--- v0 (2025-10-04)
+++ v1 (2025-12-06)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -75,671 +76,707 @@
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="580" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="8116"/>
               </w:tabs>
               <w:spacing w:after="240" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="16" w:right="193"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="50"/>
                 <w:szCs w:val="50"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="50"/>
                 <w:szCs w:val="50"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">KURIKULUM 2013</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="196" w:right="194"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Perangkat Pembelajaran</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="240" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="196"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">KRITERIA KETUNTASAN MINIMAL (KKM)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="580" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:smallCaps w:val="1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PENDIDIKAN PANCASILA &amp; KEWARGANEGARAAN (PPK</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">n</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:smallCaps w:val="1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="3436"/>
                 <w:tab w:val="left" w:leader="none" w:pos="3796"/>
               </w:tabs>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="736" w:firstLine="5.999999999999943"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Nama Sekolah</w:t>
               <w:tab/>
               <w:t xml:space="preserve">:</w:t>
               <w:tab/>
               <w:t xml:space="preserve">_______________________________</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="3436"/>
                 <w:tab w:val="left" w:leader="none" w:pos="3796"/>
               </w:tabs>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="736" w:firstLine="5.999999999999943"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kelas / Semester</w:t>
               <w:tab/>
               <w:t xml:space="preserve">:</w:t>
               <w:tab/>
               <w:t xml:space="preserve">VII (Satu) / 1</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="3436"/>
                 <w:tab w:val="left" w:leader="none" w:pos="3784"/>
               </w:tabs>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="736" w:firstLine="5.999999999999943"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Nama Guru</w:t>
               <w:tab/>
               <w:t xml:space="preserve">:</w:t>
               <w:tab/>
               <w:t xml:space="preserve">_______________________________</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="3436"/>
                 <w:tab w:val="left" w:leader="none" w:pos="3796"/>
               </w:tabs>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="736" w:firstLine="5.999999999999943"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">NIP / NIK</w:t>
               <w:tab/>
               <w:t xml:space="preserve">:</w:t>
               <w:tab/>
               <w:t xml:space="preserve">_______________________________</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="485" w:right="194"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-45"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">FORMAT PENENTUAN KRITERIA KETUNTASAN MINIMAL (KKM)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-45"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TAHUN AJARAN 20 ……… / 20 .........</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-45"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="3190"/>
           <w:tab w:val="left" w:leader="none" w:pos="3520"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3520" w:hanging="2750"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Satuan Pendidikan</w:t>
         <w:tab/>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
         <w:t xml:space="preserve">SMP / MTs</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="3190"/>
           <w:tab w:val="left" w:leader="none" w:pos="3520"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3520" w:hanging="2750"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
             <w:color w:val="000000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Mata</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pelajaran</w:t>
         <w:tab/>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pendidikan Pancasila &amp; Kewarganegaraan (PPKn)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="3190"/>
           <w:tab w:val="left" w:leader="none" w:pos="3520"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3520" w:hanging="2750"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kelas / Semester </w:t>
         <w:tab/>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
         <w:t xml:space="preserve">VII / 1</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="3190"/>
           <w:tab w:val="left" w:leader="none" w:pos="3520"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3520" w:hanging="2750"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kompetensi Inti</w:t>
         <w:tab/>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1870"/>
           <w:tab w:val="left" w:leader="none" w:pos="2090"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
@@ -904,235 +941,245 @@
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-99" w:right="-97"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">No</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-99" w:right="-97"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kompetensi Dasar</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-99" w:right="-97"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Indikator</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-99" w:right="-97"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kriterium Ketuntasan KKM</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-99" w:right="-97"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">KKM</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
@@ -1141,359 +1188,374 @@
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-99" w:right="-97"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kompleksitas</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-99" w:right="-97"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Daya Dukung</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-99" w:right="-97"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Intake</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-79" w:right="-93"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Sikap</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-79" w:right="-93"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pengetahuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-79" w:right="-93"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Keterampilan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="top"/>
           </w:tcPr>
@@ -1625,210 +1687,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Bersyukur memiliki para pendiri Negara  yang memiliki komitmen  terhadap bangsa dan negara.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -1959,210 +2027,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Berani berperan/mensimulasikan sebagai pendiri negara.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -2377,210 +2451,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Menunjukkan semangat  komitmen  para  pendiri  negara  dalam  merumuskan dan menetapkan Pancasila sebagai Dasar Negara.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -2767,210 +2847,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Menyajikan praktik kewarganegaraan untuk mempertahankan Pancasila sebagai dasar Negara.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -3106,210 +3192,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Menyadari  pentingnya  penegakan  hukum  untuk  kehidupan  bermasyarakat, berbangsa, dan bernegara.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -3440,210 +3532,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Terlibat aktif dalam menegakkan  tata tertib di sekolah.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -3858,210 +3956,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Menganalisis   pentingnya   norma  hukum  dalam  kehidupan   bermasyarakat, berbangsa, dan bernegara.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -4220,210 +4324,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Mempraktikkan perilaku menaati  norma dalam lingkungan sekolah.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -4559,210 +4669,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Bangga memiliki nilai luhur UUD Negara Republik Indonesia  Tahun 1945.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -4865,210 +4981,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Menghargai  peran  pendiri Negara  dalam  perumusan dan pengesahan  UUD Negara Republik Indonesia  Tahun 1945.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -5255,210 +5377,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Mengidentifikasi  nilai kesejarahan  perumusan dan pengesahan  UUD  Negara Republik Indonesia  Tahun 1945.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -5617,556 +5745,586 @@
               <w:tab/>
               <w:t xml:space="preserve">Mencoba  praktik kewarganegaraan sebagai perwujudan semangat para pendiri Negara   dalam   merumuskan  dan   mengesahkan  UUD   Negara   Republik Indonesia  Tahun 1945.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1650"/>
           <w:tab w:val="left" w:leader="none" w:pos="1870"/>
           <w:tab w:val="left" w:leader="none" w:pos="3300"/>
           <w:tab w:val="left" w:leader="none" w:pos="4950"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kompleksitas</w:t>
         <w:tab/>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Tinggi= 1;</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Sedang= 2;</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Rendah =3</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1650"/>
           <w:tab w:val="left" w:leader="none" w:pos="1870"/>
           <w:tab w:val="left" w:leader="none" w:pos="3300"/>
           <w:tab w:val="left" w:leader="none" w:pos="4950"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Daya Dukung</w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Tinggi= 3;</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Sedang= 2;</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Rendah =1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1650"/>
           <w:tab w:val="left" w:leader="none" w:pos="1870"/>
           <w:tab w:val="left" w:leader="none" w:pos="3300"/>
           <w:tab w:val="left" w:leader="none" w:pos="4950"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Intake</w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Tinggi= 3;</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Sedang= 2;</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Rendah =1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table3"/>
         <w:tblW w:w="11996.0" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
@@ -6176,441 +6334,466 @@
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="3989"/>
             <w:gridCol w:w="3867"/>
             <w:gridCol w:w="4140"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="600" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengetahui</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kepala Sekolah,</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">( _______________________ )</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">NIP/NIK .............................</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">......, ........................ 20 .....</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Guru Mata Pelajaran</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">( _______________________ )</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">NIP/NIK .............................</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C3">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1701"/>
           <w:tab w:val="left" w:leader="none" w:pos="1843"/>
           <w:tab w:val="left" w:leader="none" w:pos="3686"/>
           <w:tab w:val="left" w:leader="none" w:pos="5812"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6660,671 +6843,707 @@
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="580" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="8116"/>
               </w:tabs>
               <w:spacing w:after="240" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="16" w:right="193"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="50"/>
                 <w:szCs w:val="50"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="50"/>
                 <w:szCs w:val="50"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">KURIKULUM 2013</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="196" w:right="194"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Perangkat Pembelajaran</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="240" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="196"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">KRITERIA KETUNTASAN MINIMAL (KKM)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="580" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:smallCaps w:val="1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PENDIDIKAN PANCASILA &amp; KEWARGANEGARAAN (PPK</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">n</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:smallCaps w:val="1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="3436"/>
                 <w:tab w:val="left" w:leader="none" w:pos="3796"/>
               </w:tabs>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="736" w:firstLine="5.999999999999943"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Nama Sekolah</w:t>
               <w:tab/>
               <w:t xml:space="preserve">:</w:t>
               <w:tab/>
               <w:t xml:space="preserve">_______________________________</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="3436"/>
                 <w:tab w:val="left" w:leader="none" w:pos="3796"/>
               </w:tabs>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="736" w:firstLine="5.999999999999943"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kelas / Semester</w:t>
               <w:tab/>
               <w:t xml:space="preserve">:</w:t>
               <w:tab/>
               <w:t xml:space="preserve">VII (Satu) / 2</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="3436"/>
                 <w:tab w:val="left" w:leader="none" w:pos="3784"/>
               </w:tabs>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="736" w:firstLine="5.999999999999943"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Nama Guru</w:t>
               <w:tab/>
               <w:t xml:space="preserve">:</w:t>
               <w:tab/>
               <w:t xml:space="preserve">_______________________________</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="3436"/>
                 <w:tab w:val="left" w:leader="none" w:pos="3796"/>
               </w:tabs>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="736" w:firstLine="5.999999999999943"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">NIP / NIK</w:t>
               <w:tab/>
               <w:t xml:space="preserve">:</w:t>
               <w:tab/>
               <w:t xml:space="preserve">_______________________________</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="485" w:right="194"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-45"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">FORMAT PENENTUAN KRITERIA KETUNTASAN MINIMAL (KKM)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-45"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TAHUN AJARAN 20 ……… / 20 .........</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-45"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="3190"/>
           <w:tab w:val="left" w:leader="none" w:pos="3520"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3520" w:hanging="2750"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Satuan Pendidikan</w:t>
         <w:tab/>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
         <w:t xml:space="preserve">SMP / MTs</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="3190"/>
           <w:tab w:val="left" w:leader="none" w:pos="3520"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3520" w:hanging="2750"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
             <w:color w:val="000000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Mata</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pelajaran</w:t>
         <w:tab/>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pendidikan Pancasila &amp; Kewarganegaraan (PPKn)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="3190"/>
           <w:tab w:val="left" w:leader="none" w:pos="3520"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3520" w:hanging="2750"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kelas / Semester </w:t>
         <w:tab/>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
         <w:t xml:space="preserve">VII / 2</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="3190"/>
           <w:tab w:val="left" w:leader="none" w:pos="3520"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3520" w:hanging="2750"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kompetensi Inti</w:t>
         <w:tab/>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1870"/>
           <w:tab w:val="left" w:leader="none" w:pos="2090"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
@@ -7489,235 +7708,245 @@
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-99" w:right="-97"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">No</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-99" w:right="-97"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kompetensi Dasar</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-99" w:right="-97"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Indikator</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-99" w:right="-97"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kriterium Ketuntasan KKM</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-99" w:right="-97"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">KKM</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
@@ -7726,359 +7955,374 @@
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E5">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E6">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E7">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-99" w:right="-97"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kompleksitas</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-99" w:right="-97"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Daya Dukung</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-99" w:right="-97"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Intake</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-79" w:right="-93"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Sikap</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-79" w:right="-93"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pengetahuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000ED">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-79" w:right="-93"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Keterampilan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="top"/>
           </w:tcPr>
@@ -8210,210 +8454,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Menghargai  keberagaman norma, suku, agama, ras, dan antargolongan dalam bingkai Bhinneka Tunggal Ika.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -8544,210 +8794,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Memiliki sikap tidak membedakan teman yang berbeda suku, agama, dan ras.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000100">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000101">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -9018,210 +9274,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Menunjukkan arti penting keberagaman dalam bingkai Bhinneka Tunggal Ika.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000110">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -9352,210 +9614,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Menyajikan  laporan  hasil telaah  keberagaman suku,  agama,  ras, dan  antar-golongan dalam bingkai Bhinneka Tunggal Ika.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000115">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000116">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000117">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000118">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000119">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -9691,210 +9959,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Berpendapat  secara jujur tentang arti pentingnya  kerja sama dalam  berbagai bidang kehidupan  di masyarakat.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000120">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000121">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000122">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000123">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000124">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -10025,210 +10299,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Bersemangat dalam mendorong  kerjasama dilingkungan  sekolah.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000129">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -10443,210 +10723,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Menganalisis  pentingnya  kerjasama antar umat beragama.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000136">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000137">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000138">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000139">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -10805,210 +11091,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Mempresentasikan bentuk-bentuk  kerjasama yang dapat dilakukan siswa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000141">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000142">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000143">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000144">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000145">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000146">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -11116,210 +11408,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Bangga terhadap  daerah dalam kerangka NKRI.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -11422,210 +11720,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Menghargai  karakteristik  daerah  tempat  tinggalnya  dalam  kerangka  Negara Kesatuan  Republik Indonesia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000153">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000154">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000155">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000156">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000157">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000158">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -11840,210 +12144,216 @@
               <w:tab/>
               <w:t xml:space="preserve">Menganalisis   masalah   berkaitan   dengan  peran  daerah   tempat   tinggalnya dalam kerangka NKRI.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000160">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000161">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000162">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000163">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000164">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000165">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -12202,556 +12512,586 @@
               <w:tab/>
               <w:t xml:space="preserve">Menyajikan  laporan  hasil  pengamatan tentang  karakteristik  daerah  tempat tinggalnya dalam kerangka NKRI.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000170">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160" w:before="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:right="-84"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000171">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1650"/>
           <w:tab w:val="left" w:leader="none" w:pos="1870"/>
           <w:tab w:val="left" w:leader="none" w:pos="3300"/>
           <w:tab w:val="left" w:leader="none" w:pos="4950"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kompleksitas</w:t>
         <w:tab/>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Tinggi= 1;</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Sedang= 2;</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Rendah =3</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000172">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1650"/>
           <w:tab w:val="left" w:leader="none" w:pos="1870"/>
           <w:tab w:val="left" w:leader="none" w:pos="3300"/>
           <w:tab w:val="left" w:leader="none" w:pos="4950"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Daya Dukung</w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Tinggi= 3;</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Sedang= 2;</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Rendah =1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000173">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1650"/>
           <w:tab w:val="left" w:leader="none" w:pos="1870"/>
           <w:tab w:val="left" w:leader="none" w:pos="3300"/>
           <w:tab w:val="left" w:leader="none" w:pos="4950"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Intake</w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Tinggi= 3;</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Sedang= 2;</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Rendah =1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000174">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000175">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000176">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table6"/>
         <w:tblW w:w="11996.0" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
@@ -12761,441 +13101,466 @@
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="3989"/>
             <w:gridCol w:w="3867"/>
             <w:gridCol w:w="4140"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="600" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000177">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengetahui</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000178">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kepala Sekolah,</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000179">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">( _______________________ )</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">NIP/NIK .............................</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">......, ........................ 20 .....</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000180">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Guru Mata Pelajaran</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000181">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000182">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000183">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000184">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">( _______________________ )</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000185">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">NIP/NIK .............................</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000186">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1701"/>
           <w:tab w:val="left" w:leader="none" w:pos="1843"/>
           <w:tab w:val="left" w:leader="none" w:pos="3686"/>
           <w:tab w:val="left" w:leader="none" w:pos="5812"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference r:id="rId8" w:type="default"/>
       <w:footerReference r:id="rId9" w:type="default"/>
       <w:footerReference r:id="rId10" w:type="even"/>
       <w:pgSz w:h="11907" w:w="16840" w:orient="landscape"/>
       <w:pgMar w:bottom="1418" w:top="1418" w:left="1418" w:right="1418" w:header="899" w:footer="617"/>
       <w:pgNumType w:start="1"/>
       <w:titlePg w:val="1"/>
     </w:sectPr>
@@ -13216,66 +13581,70 @@
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000188">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
       <w:fldChar w:fldCharType="separate"/>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000189">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
@@ -13495,172 +13864,182 @@
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018A">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
       <w:fldChar w:fldCharType="separate"/>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018B">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000187">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Kriteria Ketuntasan Minimal (KKM) Kelas VII SMP/MTs – Pendidikan Pancasila &amp; Kewarganegaraan (PPKn)</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>12700</wp:posOffset>
@@ -13736,50 +14115,51 @@
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="8928100" cy="12700"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect"/>
                       <a:ln/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -13787,172 +14167,181 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="240" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="903" w:hanging="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="4f81bd"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1080" w:hanging="718"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="108.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>