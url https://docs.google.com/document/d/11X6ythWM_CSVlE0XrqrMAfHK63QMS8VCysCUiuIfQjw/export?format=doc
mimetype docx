--- v0 (2025-11-29)
+++ v1 (2026-02-28)
@@ -198,51 +198,51 @@
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="414338" cy="414338"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
                   <wp:docPr id="1" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
-                          <a:srcRect b="28000" l="31887" r="32164" t="27499"/>
+                          <a:srcRect b="28000" l="31888" r="32165" t="27500"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="414338" cy="414338"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>