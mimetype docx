--- v0 (2025-10-21)
+++ v1 (2026-02-16)
@@ -1,29 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
@@ -33,1575 +34,1638 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">UPSC CIVIL SERVICE SYLLABUS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">PRELIMINARY EXAMINATION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The Examination shall comprise two compulsory papers of 200 marks each.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Paper I-(200 marks) Duration:Two hours</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Current events of National and International importance</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">History of India and Indian National Movement</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Indian and World Geography-Physical ,Social,Economic Geography of India and the World.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Indian Polity and Governance-Constitution,Political System,Panchayati Raj,Public Policy ,Rights issues  etc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Economic and Social Development Sustainable Development,Poverty Inclusion,Demographics,Social Sector initiatives etc.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">General issues on Environmental Ecology,Bio-diversity and Climate Change-that do not require subject specialization.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">General Science.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Paper II-(200 marks)Duration:Two hours</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Comprehension</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Interpersonal skills including communication skills</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Logical reasoning and analytical ability</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Decision –making and Problem solving</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">General mental ability</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Basic numeracy(numbers and their relations,orders of magnitude,etc)(Class X level),Data interpretation(Charts,graphs,tables,data sufficiency etc-Class X-level)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 1:The questions will be of multiple choice,objective type.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Main Examination</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The written Examination will consist of the following papers.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Qualifying Papers:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Paper –A</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(One of the Indian Language to be selected by the candidate from the languages included in the Eighth schedule to the constitution.300 Marks</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Paper –B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">English 300 Marks,Papers to be Counted for Merit</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Paper I</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">-Essay 250 Marks</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Paper II</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">-General Studies-I 250 Marks(Indian Heritage and Culture,History and Geography of the World and Society)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Paper III</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">-General Studies-II 250 Marks(Governance,Constitution,Polity,Social Justice and International relations)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Paper IV</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">-General Studies-III 250 Marks</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(Technology,Economic Development,Bio-diversity,Environment,Security and Disaster Management)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Paper V</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">-General Studies-IV 250 Marks(Ethics,Integrity and Aptitude)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Paper VI</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">-Optional Subject-Paper I 250 Marks</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Paper VII</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(Optional Subject-Paper 2 250 Marks</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Sub Total(Written Test)1750 Marks</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Personality Test 275 Marks</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Grand Total 2025 Marks</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidates may choose any optional subject from amongst the list of subjects given in para 2 below(Group 1)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">However, a candidate can opt for the literatures of a language,indicated in Group-2 below para 2, as an optional subject,only if the candidate has graduated in the literature of that particular language as the main subject.)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(ii)For the language medium/literature of languages,the scripts to be used by the candidates will be as under:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Language Script:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Assamese –Assamese, Bengali-Bengali,Gujarati-Gujarati,Hindi-Devanagari,Kannada-Kannada,Kashmiri-Persian,Konkani-Devanagari,Malayalam-Malayalam,Manipuri-Bengali,Marathi-Devanagari,Nepali-Devanagari,Oriya-Oriya,Punjabi-Gurumukhi,Sanskrit-Devanagari,Sindhi-Devanagari or Arabic,Tamil-Tamil,Telugu-Telugu,Urdu-Persian,Bodo-Devanagari,Dogri-Devanagari,Maithilli-Devanagari,Santhali-Devanagari or Oichiki</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2.List of optional subjects for Main Examination:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Group I</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(i)Agriculture,(ii)Animal Husbandry and Veterinary Science,(iii)Anthropology(iv)Botany(v)Chemistry(vi)Civil Engineering(Vii)Commerce and Accountancy(viii)Economics(ix)Electrical Engineering(x)Geography(xi)Geology(xii)History</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(xiii)Law(xiv)Management(xv)Mathematics(xvi)Mechanical  Enginnering(xvii)Medical Science(xviii)Philosophy(xix)Physics(xx)Political Science and International Relations(xxi)Psychology(xxii)Public  Administration(xxiii)Sociology(xxiv)Statistics(xxv)Zoology</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Group-2</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Literature of any one of the following languages:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Assamese,Bengali,Bodo,Dogri,Gujarati,Hindi,Kannada,Kashmiri,Konkani,Maithili,Malayalam,Manipuri,Marathi,Nepali,Oriya,Punjabi,Sanskrit,Santhali,Sindhi,Tamil,Telugu,Urdu,English.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
@@ -1920,50 +1984,51 @@
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1971,163 +2036,171 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.facebook.com/WISHYOUONLINE" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wishyouonline.blogspot.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>