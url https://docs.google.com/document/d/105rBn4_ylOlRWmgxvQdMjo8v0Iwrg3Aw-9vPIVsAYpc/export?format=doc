--- v0 (2025-10-10)
+++ v1 (2025-12-06)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="252.00000000000003" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
@@ -63,113 +64,117 @@
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="897.3828125" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:before="0" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_p8vmq7h2w517" w:id="0"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:before="0" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_ilsfco9c607g" w:id="1"/>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">The big picture of the Unit 10 extended simulation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
@@ -216,78 +221,80 @@
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="7665a0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_f13xltludswt" w:id="2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_9o6qoqpdsnye" w:id="3"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="7665a0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Project high-level goals </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -394,50 +401,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_3gt570llmq" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="7665a0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Connecting the lessons to one another and to the Project Guide</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -534,212 +542,220 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Lesson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Key Beats of the Lesson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Connection to the Project Guide</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Other notes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="d9f3f5" w:val="clear"/>
             <w:tcMar>
@@ -1358,86 +1374,88 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">U10L3</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: Data</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> Policies and Privacy </w:t>
               <w:br w:type="textWrapping"/>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Students do not work on the project during this lesson)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="480" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
@@ -1488,50 +1506,51 @@
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4: The Value of Privacy</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Students do not work on the project during this lesson)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
@@ -2122,50 +2141,51 @@
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">6: Security Risks Part 1</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Students do not work on the project during this lesson)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="440" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
@@ -2216,50 +2236,51 @@
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">7: Security Risks Part 2</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Students do not work on the project during this lesson)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
@@ -2527,50 +2548,51 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">U10L9: Protecting Data Part 1</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Students do not work on the project during this lesson)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
@@ -2612,50 +2634,51 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">U10L10: Protecting Data Part 2</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Students do not work on the project during this lesson)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
@@ -3555,50 +3578,51 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">U10L14: Assessment Day</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Students do not work on the project during this lesson)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Proxima Nova" w:cs="Proxima Nova" w:eastAsia="Proxima Nova" w:hAnsi="Proxima Nova"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4518,50 +4542,51 @@
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -4584,148 +4609,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">