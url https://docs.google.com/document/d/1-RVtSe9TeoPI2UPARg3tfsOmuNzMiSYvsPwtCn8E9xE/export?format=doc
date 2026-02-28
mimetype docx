--- v0 (2026-01-06)
+++ v1 (2026-02-28)
@@ -156,56 +156,56 @@
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="506921" cy="504825"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="4" name="image4.png"/>
+                  <wp:docPr id="4" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image4.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="506921" cy="504825"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1734,56 +1734,56 @@
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2324100" cy="3263900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1" name="image1.png"/>
+                  <wp:docPr id="1" name="image2.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image1.png"/>
+                          <pic:cNvPr id="0" name="image2.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2324100" cy="3263900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3108,108 +3108,108 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2200275" cy="292100"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="5" name="image3.png"/>
+                  <wp:docPr id="5" name="image5.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image3.png"/>
+                          <pic:cNvPr id="0" name="image5.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2200275" cy="292100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2200275" cy="2755900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="3" name="image2.png"/>
+                  <wp:docPr id="3" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image2.png"/>
+                          <pic:cNvPr id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2200275" cy="2755900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -5369,56 +5369,56 @@
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2305050" cy="3441700"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="2" name="image5.png"/>
+                  <wp:docPr id="2" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image5.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2305050" cy="3441700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -13071,51 +13071,51 @@
   <w:style w:type="table" w:styleId="Table4">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table5">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table6">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>