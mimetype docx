--- v1 (2026-02-28)
+++ v2 (2026-03-03)
@@ -156,56 +156,56 @@
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="506921" cy="504825"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="4" name="image1.png"/>
+                  <wp:docPr id="4" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image1.png"/>
+                          <pic:cNvPr id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="506921" cy="504825"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1734,56 +1734,56 @@
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2324100" cy="3263900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1" name="image2.png"/>
+                  <wp:docPr id="1" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image2.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2324100" cy="3263900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3108,108 +3108,108 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2200275" cy="292100"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="5" name="image5.png"/>
+                  <wp:docPr id="5" name="image2.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image5.png"/>
+                          <pic:cNvPr id="0" name="image2.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2200275" cy="292100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2200275" cy="2755900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="3" name="image3.png"/>
+                  <wp:docPr id="3" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image3.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2200275" cy="2755900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -5369,56 +5369,56 @@
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2305050" cy="3441700"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="2" name="image4.png"/>
+                  <wp:docPr id="2" name="image5.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image4.png"/>
+                          <pic:cNvPr id="0" name="image5.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2305050" cy="3441700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -13071,51 +13071,51 @@
   <w:style w:type="table" w:styleId="Table4">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table5">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table6">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>